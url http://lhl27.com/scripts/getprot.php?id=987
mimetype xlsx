--- v0 (2025-12-07)
+++ v1 (2026-03-05)
@@ -120,54 +120,54 @@
   <si>
     <t>Карпов Владимир</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>ПБ</t>
   </si>
   <si>
     <t>45:00</t>
   </si>
   <si>
     <t>Колесник Артем</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>Грошев Арсентий</t>
   </si>
   <si>
     <t>Чередник Владимир</t>
   </si>
   <si>
+    <t>Соколов Петр</t>
+  </si>
+  <si>
     <t>Кушнарев Олег</t>
-  </si>
-[...1 lines deleted...]
-    <t>Соколов Петр</t>
   </si>
   <si>
     <t>Марков Николай</t>
   </si>
   <si>
     <t>Тихоньких Андрей</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>Стариков Михаил</t>
   </si>
   <si>
     <t>Долганин Артем</t>
   </si>
   <si>
     <t>Яковлев Сергей</t>
   </si>
   <si>
     <t>Черепанов Константин</t>
   </si>
   <si>
     <t>Тураков Максим</t>
   </si>