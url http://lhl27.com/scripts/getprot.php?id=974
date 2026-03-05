--- v0 (2025-12-08)
+++ v1 (2026-03-05)
@@ -144,54 +144,54 @@
   <si>
     <t>43:00</t>
   </si>
   <si>
     <t>Кувшинов Сергей</t>
   </si>
   <si>
     <t>+1</t>
   </si>
   <si>
     <t>35:25</t>
   </si>
   <si>
     <t>44:56</t>
   </si>
   <si>
     <t>Миронов Виктор</t>
   </si>
   <si>
     <t>Величко Александр</t>
   </si>
   <si>
     <t>Лебедев Юрий</t>
   </si>
   <si>
+    <t>Чеклуев Сергей</t>
+  </si>
+  <si>
     <t>Семендяев Евгений</t>
-  </si>
-[...1 lines deleted...]
-    <t>Чеклуев Сергей</t>
   </si>
   <si>
     <t>Галанцев Артем</t>
   </si>
   <si>
     <t>Уваров Василий</t>
   </si>
   <si>
     <t>Крутский Валерий</t>
   </si>
   <si>
     <t>Пономарев Дмитрий</t>
   </si>
   <si>
     <t>Ромашкин Евгений</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Лидер»</t>
   </si>