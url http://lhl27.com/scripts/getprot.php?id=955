--- v0 (2025-12-06)
+++ v1 (2026-03-05)
@@ -102,92 +102,92 @@
   <si>
     <t>Окон</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>06:01</t>
   </si>
   <si>
     <t>03:20</t>
   </si>
   <si>
     <t>19:45</t>
   </si>
   <si>
     <t>38:37</t>
   </si>
   <si>
     <t>43:01</t>
   </si>
   <si>
     <t>41:38</t>
   </si>
   <si>
+    <t>Карпылев Александр</t>
+  </si>
+  <si>
+    <t>Нп</t>
+  </si>
+  <si>
+    <t>44:07</t>
+  </si>
+  <si>
     <t>Питконовий Андрей</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
-    <t>44:07</t>
-[...7 lines deleted...]
-  <si>
     <t>Учеваткин Максим</t>
   </si>
   <si>
     <t>Полукеев Иван</t>
   </si>
   <si>
     <t>Писарев Павел</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>Кравчук Андрей</t>
   </si>
   <si>
     <t>Масензов Никита</t>
   </si>
   <si>
     <t>Евсеев Андрей</t>
   </si>
   <si>
+    <t>Кучеганов Иван</t>
+  </si>
+  <si>
     <t>Ковалев Игорь</t>
   </si>
   <si>
-    <t>Кучеганов Иван</t>
-[...1 lines deleted...]
-  <si>
     <t>Шкедов Денис</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Алькор»</t>
   </si>
   <si>
     <t>23:55</t>
   </si>
   <si>
     <t>02:38</t>
   </si>
   <si>
     <t>26:36</t>
   </si>
   <si>
     <t>12:06</t>
   </si>
   <si>
     <t>ШБ</t>
@@ -204,69 +204,69 @@
   <si>
     <t>45:00</t>
   </si>
   <si>
     <t>42:17</t>
   </si>
   <si>
     <t>Дружков Станислав</t>
   </si>
   <si>
     <t>42:39</t>
   </si>
   <si>
     <t>Третьяков Александр</t>
   </si>
   <si>
     <t>44:05</t>
   </si>
   <si>
     <t>Базив Богдан</t>
   </si>
   <si>
     <t>44:47</t>
   </si>
   <si>
+    <t>Тучин Иван</t>
+  </si>
+  <si>
     <t>Миронов Дмитрий</t>
   </si>
   <si>
-    <t>Тучин Иван</t>
-[...1 lines deleted...]
-  <si>
     <t>Ермаков Дмитрий</t>
   </si>
   <si>
     <t>Родионов Сергей</t>
   </si>
   <si>
     <t>Гутик Сергей</t>
   </si>
   <si>
+    <t>Гончаров Иван</t>
+  </si>
+  <si>
     <t>Грудинин Константин</t>
-  </si>
-[...1 lines deleted...]
-    <t>Гончаров Иван</t>
   </si>
   <si>
     <t>Ермаков Андрей</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="7">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1118,78 +1118,78 @@
       <c r="H9" s="6"/>
       <c r="I9" s="6"/>
       <c r="J9" s="6"/>
       <c r="K9" s="6"/>
       <c r="L9" s="6"/>
       <c r="M9" s="8"/>
       <c r="N9" s="6"/>
       <c r="O9" s="6"/>
       <c r="P9" s="6"/>
       <c r="Q9" s="6"/>
       <c r="R9" s="6"/>
       <c r="S9" s="6"/>
     </row>
     <row r="10" spans="1:19">
       <c r="A10" s="5">
         <v>20</v>
       </c>
       <c r="B10" s="12" t="s">
         <v>33</v>
       </c>
       <c r="C10" s="13"/>
       <c r="D10" s="13"/>
       <c r="E10" s="13"/>
       <c r="F10" s="14"/>
       <c r="G10" s="5" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="H10" s="6"/>
       <c r="I10" s="6"/>
       <c r="J10" s="6"/>
       <c r="K10" s="6"/>
       <c r="L10" s="6"/>
       <c r="M10" s="8"/>
       <c r="N10" s="6"/>
       <c r="O10" s="6"/>
       <c r="P10" s="6"/>
       <c r="Q10" s="6"/>
       <c r="R10" s="6"/>
       <c r="S10" s="6"/>
     </row>
     <row r="11" spans="1:19">
       <c r="A11" s="5">
         <v>23</v>
       </c>
       <c r="B11" s="12" t="s">
         <v>34</v>
       </c>
       <c r="C11" s="13"/>
       <c r="D11" s="13"/>
       <c r="E11" s="13"/>
       <c r="F11" s="14"/>
       <c r="G11" s="5" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="H11" s="6"/>
       <c r="I11" s="6"/>
       <c r="J11" s="6"/>
       <c r="K11" s="6"/>
       <c r="L11" s="6"/>
       <c r="M11" s="8"/>
       <c r="N11" s="6"/>
       <c r="O11" s="6"/>
       <c r="P11" s="6"/>
       <c r="Q11" s="6"/>
       <c r="R11" s="6"/>
       <c r="S11" s="6"/>
     </row>
     <row r="12" spans="1:19">
       <c r="A12" s="5">
         <v>33</v>
       </c>
       <c r="B12" s="12" t="s">
         <v>35</v>
       </c>
       <c r="C12" s="13"/>
       <c r="D12" s="13"/>
       <c r="E12" s="13"/>
       <c r="F12" s="14"/>
@@ -1199,105 +1199,105 @@
       <c r="H12" s="6"/>
       <c r="I12" s="6"/>
       <c r="J12" s="6"/>
       <c r="K12" s="6"/>
       <c r="L12" s="6"/>
       <c r="M12" s="8"/>
       <c r="N12" s="6"/>
       <c r="O12" s="6"/>
       <c r="P12" s="6"/>
       <c r="Q12" s="6"/>
       <c r="R12" s="6"/>
       <c r="S12" s="6"/>
     </row>
     <row r="13" spans="1:19">
       <c r="A13" s="5">
         <v>34</v>
       </c>
       <c r="B13" s="12" t="s">
         <v>37</v>
       </c>
       <c r="C13" s="13"/>
       <c r="D13" s="13"/>
       <c r="E13" s="13"/>
       <c r="F13" s="14"/>
       <c r="G13" s="5" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="H13" s="6"/>
       <c r="I13" s="6"/>
       <c r="J13" s="6"/>
       <c r="K13" s="6"/>
       <c r="L13" s="6"/>
       <c r="M13" s="8"/>
       <c r="N13" s="6"/>
       <c r="O13" s="6"/>
       <c r="P13" s="6"/>
       <c r="Q13" s="6"/>
       <c r="R13" s="6"/>
       <c r="S13" s="6"/>
     </row>
     <row r="14" spans="1:19">
       <c r="A14" s="5">
         <v>55</v>
       </c>
       <c r="B14" s="12" t="s">
         <v>38</v>
       </c>
       <c r="C14" s="13"/>
       <c r="D14" s="13"/>
       <c r="E14" s="13"/>
       <c r="F14" s="14"/>
       <c r="G14" s="5" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="H14" s="6"/>
       <c r="I14" s="6"/>
       <c r="J14" s="6"/>
       <c r="K14" s="6"/>
       <c r="L14" s="6"/>
       <c r="M14" s="8"/>
       <c r="N14" s="6"/>
       <c r="O14" s="6"/>
       <c r="P14" s="6"/>
       <c r="Q14" s="6"/>
       <c r="R14" s="6"/>
       <c r="S14" s="6"/>
     </row>
     <row r="15" spans="1:19">
       <c r="A15" s="5">
         <v>57</v>
       </c>
       <c r="B15" s="12" t="s">
         <v>39</v>
       </c>
       <c r="C15" s="13"/>
       <c r="D15" s="13"/>
       <c r="E15" s="13"/>
       <c r="F15" s="14"/>
       <c r="G15" s="5" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="H15" s="6"/>
       <c r="I15" s="6"/>
       <c r="J15" s="6"/>
       <c r="K15" s="6"/>
       <c r="L15" s="6"/>
       <c r="M15" s="8"/>
       <c r="N15" s="6"/>
       <c r="O15" s="6"/>
       <c r="P15" s="6"/>
       <c r="Q15" s="6"/>
       <c r="R15" s="6"/>
       <c r="S15" s="6"/>
     </row>
     <row r="16" spans="1:19">
       <c r="A16" s="5">
         <v>75</v>
       </c>
       <c r="B16" s="12" t="s">
         <v>40</v>
       </c>
       <c r="C16" s="13"/>
       <c r="D16" s="13"/>
       <c r="E16" s="13"/>
       <c r="F16" s="14"/>
@@ -1334,51 +1334,51 @@
       <c r="H17" s="6"/>
       <c r="I17" s="6"/>
       <c r="J17" s="6"/>
       <c r="K17" s="6"/>
       <c r="L17" s="6"/>
       <c r="M17" s="8"/>
       <c r="N17" s="6"/>
       <c r="O17" s="6"/>
       <c r="P17" s="6"/>
       <c r="Q17" s="6"/>
       <c r="R17" s="6"/>
       <c r="S17" s="6"/>
     </row>
     <row r="18" spans="1:19">
       <c r="A18" s="5">
         <v>92</v>
       </c>
       <c r="B18" s="12" t="s">
         <v>42</v>
       </c>
       <c r="C18" s="13"/>
       <c r="D18" s="13"/>
       <c r="E18" s="13"/>
       <c r="F18" s="14"/>
       <c r="G18" s="5" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="H18" s="6"/>
       <c r="I18" s="6"/>
       <c r="J18" s="6"/>
       <c r="K18" s="6"/>
       <c r="L18" s="6"/>
       <c r="M18" s="8"/>
       <c r="N18" s="6"/>
       <c r="O18" s="6"/>
       <c r="P18" s="6"/>
       <c r="Q18" s="6"/>
       <c r="R18" s="6"/>
       <c r="S18" s="6"/>
     </row>
     <row r="19" spans="1:19">
       <c r="A19" s="5"/>
       <c r="B19" s="12"/>
       <c r="C19" s="13"/>
       <c r="D19" s="13"/>
       <c r="E19" s="13"/>
       <c r="F19" s="14"/>
       <c r="G19" s="5"/>
       <c r="H19" s="6"/>
       <c r="I19" s="6"/>
       <c r="J19" s="6"/>
@@ -1798,121 +1798,121 @@
       </c>
       <c r="O33" s="7">
         <v>24</v>
       </c>
       <c r="P33" s="7">
         <v>2</v>
       </c>
       <c r="Q33" s="7">
         <v>5</v>
       </c>
       <c r="R33" s="7"/>
       <c r="S33" s="7"/>
     </row>
     <row r="34" spans="1:19">
       <c r="A34" s="7">
         <v>5</v>
       </c>
       <c r="B34" s="12" t="s">
         <v>56</v>
       </c>
       <c r="C34" s="13"/>
       <c r="D34" s="13"/>
       <c r="E34" s="13"/>
       <c r="F34" s="14"/>
       <c r="G34" s="7" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="H34" s="7"/>
       <c r="I34" s="7"/>
       <c r="J34" s="7"/>
       <c r="K34" s="7"/>
       <c r="L34" s="7"/>
       <c r="M34" s="7"/>
       <c r="N34" s="7" t="s">
         <v>57</v>
       </c>
       <c r="O34" s="7">
         <v>71</v>
       </c>
       <c r="P34" s="7">
         <v>2</v>
       </c>
       <c r="Q34" s="7">
         <v>5</v>
       </c>
       <c r="R34" s="7"/>
       <c r="S34" s="7"/>
     </row>
     <row r="35" spans="1:19">
       <c r="A35" s="7">
         <v>13</v>
       </c>
       <c r="B35" s="12" t="s">
         <v>58</v>
       </c>
       <c r="C35" s="13"/>
       <c r="D35" s="13"/>
       <c r="E35" s="13"/>
       <c r="F35" s="14"/>
       <c r="G35" s="7" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="H35" s="7"/>
       <c r="I35" s="7"/>
       <c r="J35" s="7"/>
       <c r="K35" s="7"/>
       <c r="L35" s="7"/>
       <c r="M35" s="7"/>
       <c r="N35" s="7" t="s">
         <v>59</v>
       </c>
       <c r="O35" s="7">
         <v>13</v>
       </c>
       <c r="P35" s="7">
         <v>2</v>
       </c>
       <c r="Q35" s="7">
         <v>3</v>
       </c>
       <c r="R35" s="7"/>
       <c r="S35" s="7"/>
     </row>
     <row r="36" spans="1:19">
       <c r="A36" s="7">
         <v>16</v>
       </c>
       <c r="B36" s="12" t="s">
         <v>60</v>
       </c>
       <c r="C36" s="13"/>
       <c r="D36" s="13"/>
       <c r="E36" s="13"/>
       <c r="F36" s="14"/>
       <c r="G36" s="7" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="H36" s="7"/>
       <c r="I36" s="7"/>
       <c r="J36" s="7"/>
       <c r="K36" s="7"/>
       <c r="L36" s="7"/>
       <c r="M36" s="7"/>
       <c r="N36" s="7" t="s">
         <v>61</v>
       </c>
       <c r="O36" s="7">
         <v>24</v>
       </c>
       <c r="P36" s="7">
         <v>2</v>
       </c>
       <c r="Q36" s="7">
         <v>30</v>
       </c>
       <c r="R36" s="7"/>
       <c r="S36" s="7"/>
     </row>
     <row r="37" spans="1:19">
       <c r="A37" s="7">
         <v>24</v>
@@ -1965,105 +1965,105 @@
       <c r="H38" s="7"/>
       <c r="I38" s="7"/>
       <c r="J38" s="7"/>
       <c r="K38" s="7"/>
       <c r="L38" s="7"/>
       <c r="M38" s="7"/>
       <c r="N38" s="7"/>
       <c r="O38" s="7"/>
       <c r="P38" s="7"/>
       <c r="Q38" s="7"/>
       <c r="R38" s="7"/>
       <c r="S38" s="7"/>
     </row>
     <row r="39" spans="1:19">
       <c r="A39" s="7">
         <v>71</v>
       </c>
       <c r="B39" s="12" t="s">
         <v>64</v>
       </c>
       <c r="C39" s="13"/>
       <c r="D39" s="13"/>
       <c r="E39" s="13"/>
       <c r="F39" s="14"/>
       <c r="G39" s="7" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="H39" s="7"/>
       <c r="I39" s="7"/>
       <c r="J39" s="7"/>
       <c r="K39" s="7"/>
       <c r="L39" s="7"/>
       <c r="M39" s="7"/>
       <c r="N39" s="7"/>
       <c r="O39" s="7"/>
       <c r="P39" s="7"/>
       <c r="Q39" s="7"/>
       <c r="R39" s="7"/>
       <c r="S39" s="7"/>
     </row>
     <row r="40" spans="1:19">
       <c r="A40" s="7">
         <v>73</v>
       </c>
       <c r="B40" s="12" t="s">
         <v>65</v>
       </c>
       <c r="C40" s="13"/>
       <c r="D40" s="13"/>
       <c r="E40" s="13"/>
       <c r="F40" s="14"/>
       <c r="G40" s="7" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="H40" s="7"/>
       <c r="I40" s="7"/>
       <c r="J40" s="7"/>
       <c r="K40" s="7"/>
       <c r="L40" s="7"/>
       <c r="M40" s="7"/>
       <c r="N40" s="7"/>
       <c r="O40" s="7"/>
       <c r="P40" s="7"/>
       <c r="Q40" s="7"/>
       <c r="R40" s="7"/>
       <c r="S40" s="7"/>
     </row>
     <row r="41" spans="1:19">
       <c r="A41" s="7">
         <v>78</v>
       </c>
       <c r="B41" s="12" t="s">
         <v>66</v>
       </c>
       <c r="C41" s="13"/>
       <c r="D41" s="13"/>
       <c r="E41" s="13"/>
       <c r="F41" s="14"/>
       <c r="G41" s="7" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="H41" s="7"/>
       <c r="I41" s="7"/>
       <c r="J41" s="7"/>
       <c r="K41" s="7"/>
       <c r="L41" s="7"/>
       <c r="M41" s="7"/>
       <c r="N41" s="7"/>
       <c r="O41" s="7"/>
       <c r="P41" s="7"/>
       <c r="Q41" s="7"/>
       <c r="R41" s="7"/>
       <c r="S41" s="7"/>
     </row>
     <row r="42" spans="1:19">
       <c r="A42" s="7">
         <v>85</v>
       </c>
       <c r="B42" s="12" t="s">
         <v>67</v>
       </c>
       <c r="C42" s="13"/>
       <c r="D42" s="13"/>
       <c r="E42" s="13"/>
       <c r="F42" s="14"/>
@@ -2100,51 +2100,51 @@
       <c r="H43" s="7"/>
       <c r="I43" s="7"/>
       <c r="J43" s="7"/>
       <c r="K43" s="7"/>
       <c r="L43" s="7"/>
       <c r="M43" s="7"/>
       <c r="N43" s="7"/>
       <c r="O43" s="7"/>
       <c r="P43" s="7"/>
       <c r="Q43" s="7"/>
       <c r="R43" s="7"/>
       <c r="S43" s="7"/>
     </row>
     <row r="44" spans="1:19">
       <c r="A44" s="7">
         <v>91</v>
       </c>
       <c r="B44" s="12" t="s">
         <v>69</v>
       </c>
       <c r="C44" s="13"/>
       <c r="D44" s="13"/>
       <c r="E44" s="13"/>
       <c r="F44" s="14"/>
       <c r="G44" s="7" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="H44" s="7"/>
       <c r="I44" s="7"/>
       <c r="J44" s="7"/>
       <c r="K44" s="7"/>
       <c r="L44" s="7"/>
       <c r="M44" s="7"/>
       <c r="N44" s="7"/>
       <c r="O44" s="7"/>
       <c r="P44" s="7"/>
       <c r="Q44" s="7"/>
       <c r="R44" s="7"/>
       <c r="S44" s="7"/>
     </row>
     <row r="45" spans="1:19">
       <c r="A45" s="7"/>
       <c r="B45" s="12"/>
       <c r="C45" s="13"/>
       <c r="D45" s="13"/>
       <c r="E45" s="13"/>
       <c r="F45" s="14"/>
       <c r="G45" s="7"/>
       <c r="H45" s="7"/>
       <c r="I45" s="7"/>
       <c r="J45" s="7"/>