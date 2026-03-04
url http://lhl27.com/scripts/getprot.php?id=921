--- v0 (2025-12-06)
+++ v1 (2026-03-04)
@@ -132,54 +132,54 @@
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>45:00</t>
   </si>
   <si>
     <t>43:11</t>
   </si>
   <si>
     <t>Шленчак Александр</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>Тарасов Сергей</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>Марачев Алексей</t>
   </si>
   <si>
+    <t>Сапежников Владимир</t>
+  </si>
+  <si>
     <t>Шершнев Андрей</t>
-  </si>
-[...1 lines deleted...]
-    <t>Сапежников Владимир</t>
   </si>
   <si>
     <t>Афанасенко Евгений</t>
   </si>
   <si>
     <t>Кумыков Андрей</t>
   </si>
   <si>
     <t>Сапежников Алексей</t>
   </si>
   <si>
     <t>Авилов Андрей</t>
   </si>
   <si>
     <t>Гущин Сергей</t>
   </si>
   <si>
     <t>Шеронов Роман</t>
   </si>
   <si>
     <t>Писарь Алексей</t>
   </si>
   <si>
     <t>Писарь Максим</t>
   </si>