--- v0 (2025-12-07)
+++ v1 (2026-03-05)
@@ -186,54 +186,54 @@
   <si>
     <t>30:32</t>
   </si>
   <si>
     <t>41:56</t>
   </si>
   <si>
     <t>43:56</t>
   </si>
   <si>
     <t>Ежиков Игорь</t>
   </si>
   <si>
     <t>Галушко Александр</t>
   </si>
   <si>
     <t>Мальцев Виктор</t>
   </si>
   <si>
     <t>Ончуров Вячеслав</t>
   </si>
   <si>
     <t>Застеба Артём</t>
   </si>
   <si>
+    <t>Овечкин Сергей</t>
+  </si>
+  <si>
     <t>Краснопольский Евгений</t>
-  </si>
-[...1 lines deleted...]
-    <t>Овечкин Сергей</t>
   </si>
   <si>
     <t>Трухляев Александр</t>
   </si>
   <si>
     <t>Устюжанин Сергей</t>
   </si>
   <si>
     <t>Кошелев Константин</t>
   </si>
   <si>
     <t>Лисичкин Виталий</t>
   </si>
   <si>
     <t>Ломакин Валерий</t>
   </si>
   <si>
     <t>Ермаков Геннадий</t>
   </si>
   <si>
     <t>Шадрин Егор</t>
   </si>
   <si>
     <t>Золотухин Сергей</t>
   </si>