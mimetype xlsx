--- v0 (2025-12-09)
+++ v1 (2026-03-04)
@@ -201,144 +201,144 @@
   <si>
     <t>41:47</t>
   </si>
   <si>
     <t>Крючков Максим</t>
   </si>
   <si>
     <t>41:00</t>
   </si>
   <si>
     <t>43:00</t>
   </si>
   <si>
     <t>Джанбеков Руслан</t>
   </si>
   <si>
     <t>42:11</t>
   </si>
   <si>
     <t>44:11</t>
   </si>
   <si>
     <t>Марченко Кирилл</t>
   </si>
   <si>
+    <t>Дюжов Данил</t>
+  </si>
+  <si>
     <t>Разумовский Александр</t>
   </si>
   <si>
-    <t>Дюжов Данил</t>
-[...1 lines deleted...]
-  <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Феникс»</t>
   </si>
   <si>
+    <t>Платов Сергей</t>
+  </si>
+  <si>
+    <t>18:52</t>
+  </si>
+  <si>
+    <t>10:48</t>
+  </si>
+  <si>
+    <t>12:48</t>
+  </si>
+  <si>
     <t>Одинец Александр</t>
   </si>
   <si>
-    <t>18:52</t>
-[...5 lines deleted...]
-    <t>12:48</t>
+    <t>26:00</t>
+  </si>
+  <si>
+    <t>15:00</t>
+  </si>
+  <si>
+    <t>17:00</t>
   </si>
   <si>
     <t>Мяснянкин Иван</t>
   </si>
   <si>
-    <t>26:00</t>
-[...5 lines deleted...]
-    <t>17:00</t>
+    <t>33:03</t>
+  </si>
+  <si>
+    <t>16:12</t>
+  </si>
+  <si>
+    <t>18:12</t>
   </si>
   <si>
     <t>Медвикус Евгений</t>
   </si>
   <si>
-    <t>33:03</t>
-[...5 lines deleted...]
-    <t>18:12</t>
+    <t>42:37</t>
+  </si>
+  <si>
+    <t>22:41</t>
+  </si>
+  <si>
+    <t>24:41</t>
   </si>
   <si>
     <t>Бойцов Евгений</t>
   </si>
   <si>
-    <t>42:37</t>
-[...5 lines deleted...]
-    <t>24:41</t>
+    <t>43:27</t>
+  </si>
+  <si>
+    <t>29:39</t>
+  </si>
+  <si>
+    <t>31:39</t>
+  </si>
+  <si>
+    <t>Шураков Дмитрий</t>
+  </si>
+  <si>
+    <t>Окунев Михаил</t>
   </si>
   <si>
     <t>Борисов Сергей</t>
   </si>
   <si>
-    <t>43:27</t>
-[...16 lines deleted...]
-  <si>
     <t>35:42</t>
   </si>
   <si>
     <t>37:42</t>
   </si>
   <si>
+    <t>Журавлев Виталий</t>
+  </si>
+  <si>
     <t>Грейзик Сергей</t>
-  </si>
-[...1 lines deleted...]
-    <t>Журавлев Виталий</t>
   </si>
   <si>
     <t>43:47</t>
   </si>
   <si>
     <t>Москалев Алексей</t>
   </si>
   <si>
     <t>Герасимов Андрей</t>
   </si>
   <si>
     <t>Сычев Артем</t>
   </si>
   <si>
     <t>Рекун Сергей</t>
   </si>
   <si>
     <t>Стасюкевич Никита</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
@@ -1817,249 +1817,249 @@
       </c>
       <c r="M29" s="7" t="s">
         <v>16</v>
       </c>
       <c r="N29" s="7" t="s">
         <v>14</v>
       </c>
       <c r="O29" s="7" t="s">
         <v>9</v>
       </c>
       <c r="P29" s="7" t="s">
         <v>17</v>
       </c>
       <c r="Q29" s="7" t="s">
         <v>18</v>
       </c>
       <c r="R29" s="7" t="s">
         <v>19</v>
       </c>
       <c r="S29" s="7" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="30" spans="1:19">
       <c r="A30" s="7">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="B30" s="12" t="s">
         <v>66</v>
       </c>
       <c r="C30" s="13"/>
       <c r="D30" s="13"/>
       <c r="E30" s="13"/>
       <c r="F30" s="14"/>
       <c r="G30" s="7" t="s">
         <v>26</v>
       </c>
       <c r="H30" s="7">
         <v>1</v>
       </c>
       <c r="I30" s="7"/>
       <c r="J30" s="7" t="s">
         <v>67</v>
       </c>
       <c r="K30" s="7">
         <v>64</v>
       </c>
       <c r="L30" s="7">
         <v>0</v>
       </c>
       <c r="M30" s="7">
         <v>0</v>
       </c>
       <c r="N30" s="7" t="s">
         <v>68</v>
       </c>
       <c r="O30" s="7">
         <v>12</v>
       </c>
       <c r="P30" s="7">
         <v>2</v>
       </c>
       <c r="Q30" s="7">
         <v>1</v>
       </c>
       <c r="R30" s="7" t="s">
         <v>68</v>
       </c>
       <c r="S30" s="7" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="31" spans="1:19">
       <c r="A31" s="7">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="B31" s="12" t="s">
         <v>70</v>
       </c>
       <c r="C31" s="13"/>
       <c r="D31" s="13"/>
       <c r="E31" s="13"/>
       <c r="F31" s="14"/>
       <c r="G31" s="7" t="s">
         <v>26</v>
       </c>
       <c r="H31" s="7">
         <v>2</v>
       </c>
       <c r="I31" s="7" t="s">
         <v>32</v>
       </c>
       <c r="J31" s="7" t="s">
         <v>71</v>
       </c>
       <c r="K31" s="7">
         <v>50</v>
       </c>
       <c r="L31" s="7">
         <v>15</v>
       </c>
       <c r="M31" s="7">
         <v>0</v>
       </c>
       <c r="N31" s="7" t="s">
         <v>72</v>
       </c>
       <c r="O31" s="7">
         <v>14</v>
       </c>
       <c r="P31" s="7">
         <v>2</v>
       </c>
       <c r="Q31" s="7">
         <v>5</v>
       </c>
       <c r="R31" s="7" t="s">
         <v>72</v>
       </c>
       <c r="S31" s="7" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="32" spans="1:19">
       <c r="A32" s="7">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="B32" s="12" t="s">
         <v>74</v>
       </c>
       <c r="C32" s="13"/>
       <c r="D32" s="13"/>
       <c r="E32" s="13"/>
       <c r="F32" s="14"/>
       <c r="G32" s="7" t="s">
         <v>26</v>
       </c>
       <c r="H32" s="7">
         <v>3</v>
       </c>
       <c r="I32" s="7"/>
       <c r="J32" s="7" t="s">
         <v>75</v>
       </c>
       <c r="K32" s="7">
         <v>33</v>
       </c>
       <c r="L32" s="7">
         <v>86</v>
       </c>
       <c r="M32" s="7">
         <v>0</v>
       </c>
       <c r="N32" s="7" t="s">
         <v>76</v>
       </c>
       <c r="O32" s="7">
         <v>50</v>
       </c>
       <c r="P32" s="7">
         <v>2</v>
       </c>
       <c r="Q32" s="7">
         <v>4</v>
       </c>
       <c r="R32" s="7" t="s">
         <v>76</v>
       </c>
       <c r="S32" s="7" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="33" spans="1:19">
       <c r="A33" s="7">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="B33" s="12" t="s">
         <v>78</v>
       </c>
       <c r="C33" s="13"/>
       <c r="D33" s="13"/>
       <c r="E33" s="13"/>
       <c r="F33" s="14"/>
       <c r="G33" s="7" t="s">
         <v>26</v>
       </c>
       <c r="H33" s="7">
         <v>4</v>
       </c>
       <c r="I33" s="7"/>
       <c r="J33" s="7" t="s">
         <v>79</v>
       </c>
       <c r="K33" s="7">
         <v>12</v>
       </c>
       <c r="L33" s="7">
         <v>16</v>
       </c>
       <c r="M33" s="7">
         <v>0</v>
       </c>
       <c r="N33" s="7" t="s">
         <v>80</v>
       </c>
       <c r="O33" s="7">
         <v>14</v>
       </c>
       <c r="P33" s="7">
         <v>2</v>
       </c>
       <c r="Q33" s="7">
         <v>9</v>
       </c>
       <c r="R33" s="7" t="s">
         <v>80</v>
       </c>
       <c r="S33" s="7" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="34" spans="1:19">
       <c r="A34" s="7">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="B34" s="12" t="s">
         <v>82</v>
       </c>
       <c r="C34" s="13"/>
       <c r="D34" s="13"/>
       <c r="E34" s="13"/>
       <c r="F34" s="14"/>
       <c r="G34" s="7" t="s">
         <v>26</v>
       </c>
       <c r="H34" s="7">
         <v>5</v>
       </c>
       <c r="I34" s="7" t="s">
         <v>27</v>
       </c>
       <c r="J34" s="7" t="s">
         <v>83</v>
       </c>
       <c r="K34" s="7">
         <v>15</v>
       </c>
       <c r="L34" s="7">
         <v>7</v>
@@ -2144,139 +2144,139 @@
       <c r="J36" s="7"/>
       <c r="K36" s="7"/>
       <c r="L36" s="7"/>
       <c r="M36" s="7"/>
       <c r="N36" s="7" t="s">
         <v>44</v>
       </c>
       <c r="O36" s="7">
         <v>33</v>
       </c>
       <c r="P36" s="7">
         <v>2</v>
       </c>
       <c r="Q36" s="7">
         <v>19</v>
       </c>
       <c r="R36" s="7" t="s">
         <v>44</v>
       </c>
       <c r="S36" s="7" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="37" spans="1:19">
       <c r="A37" s="7">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="B37" s="12" t="s">
         <v>88</v>
       </c>
       <c r="C37" s="13"/>
       <c r="D37" s="13"/>
       <c r="E37" s="13"/>
       <c r="F37" s="14"/>
       <c r="G37" s="7" t="s">
         <v>26</v>
       </c>
       <c r="H37" s="7"/>
       <c r="I37" s="7"/>
       <c r="J37" s="7"/>
       <c r="K37" s="7"/>
       <c r="L37" s="7"/>
       <c r="M37" s="7"/>
       <c r="N37" s="7" t="s">
         <v>89</v>
       </c>
       <c r="O37" s="7">
-        <v>19</v>
+        <v>4</v>
       </c>
       <c r="P37" s="7">
         <v>2</v>
       </c>
       <c r="Q37" s="7">
         <v>5</v>
       </c>
       <c r="R37" s="7" t="s">
         <v>89</v>
       </c>
       <c r="S37" s="7" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="38" spans="1:19">
       <c r="A38" s="7">
         <v>28</v>
       </c>
       <c r="B38" s="12" t="s">
         <v>91</v>
       </c>
       <c r="C38" s="13"/>
       <c r="D38" s="13"/>
       <c r="E38" s="13"/>
       <c r="F38" s="14"/>
       <c r="G38" s="7" t="s">
-        <v>26</v>
+        <v>42</v>
       </c>
       <c r="H38" s="7"/>
       <c r="I38" s="7"/>
       <c r="J38" s="7"/>
       <c r="K38" s="7"/>
       <c r="L38" s="7"/>
       <c r="M38" s="7"/>
       <c r="N38" s="7" t="s">
         <v>52</v>
       </c>
       <c r="O38" s="7">
         <v>11</v>
       </c>
       <c r="P38" s="7">
         <v>2</v>
       </c>
       <c r="Q38" s="7">
         <v>19</v>
       </c>
       <c r="R38" s="7" t="s">
         <v>52</v>
       </c>
       <c r="S38" s="7" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="39" spans="1:19">
       <c r="A39" s="7">
         <v>28</v>
       </c>
       <c r="B39" s="12" t="s">
         <v>92</v>
       </c>
       <c r="C39" s="13"/>
       <c r="D39" s="13"/>
       <c r="E39" s="13"/>
       <c r="F39" s="14"/>
       <c r="G39" s="7" t="s">
-        <v>42</v>
+        <v>26</v>
       </c>
       <c r="H39" s="7"/>
       <c r="I39" s="7"/>
       <c r="J39" s="7"/>
       <c r="K39" s="7"/>
       <c r="L39" s="7"/>
       <c r="M39" s="7"/>
       <c r="N39" s="7" t="s">
         <v>53</v>
       </c>
       <c r="O39" s="7">
         <v>11</v>
       </c>
       <c r="P39" s="7">
         <v>2</v>
       </c>
       <c r="Q39" s="7">
         <v>9</v>
       </c>
       <c r="R39" s="7" t="s">
         <v>53</v>
       </c>
       <c r="S39" s="7" t="s">
         <v>93</v>
       </c>