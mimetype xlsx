--- v0 (2025-12-07)
+++ v1 (2026-03-05)
@@ -153,54 +153,54 @@
   <si>
     <t>Щукин Павел</t>
   </si>
   <si>
     <t>Федоренко Андрей</t>
   </si>
   <si>
     <t>Нистор Евгений</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>Щебеньков Игорь</t>
   </si>
   <si>
     <t>Чу Вячеслав</t>
   </si>
   <si>
     <t>Кузнецов Александр</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
+    <t>Яцюк Виталий</t>
+  </si>
+  <si>
     <t>Чемерис Павел</t>
-  </si>
-[...1 lines deleted...]
-    <t>Яцюк Виталий</t>
   </si>
   <si>
     <t>Могильный Евгений</t>
   </si>
   <si>
     <t>Федоренко Роман</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Ермак»</t>
   </si>
   <si>
     <t>07:00</t>
   </si>
   <si>
     <t>24:20</t>
   </si>
   <si>
     <t>26:20</t>
   </si>