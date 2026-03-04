--- v0 (2025-12-09)
+++ v1 (2026-03-04)
@@ -16,51 +16,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Лист1" sheetId="1" r:id="rId4"/>
     <sheet name="Лист2" sheetId="2" r:id="rId5"/>
     <sheet name="Лист3" sheetId="3" r:id="rId6"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="74">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="73">
   <si>
     <t>ОФИЦИАЛЬНЫЙ  ПРОТОКОЛ  МАТЧА «» Vs «Импульс»</t>
   </si>
   <si>
     <t>Первая лига. Регулярный Чемпионат 2016-2017г</t>
   </si>
   <si>
     <t>ПА</t>
   </si>
   <si>
     <t>Дата 02.04.2017</t>
   </si>
   <si>
     <t>Начало 21-45</t>
   </si>
   <si>
     <t>Игра 356 STS-IML</t>
   </si>
   <si>
     <t>Команда « А » «»</t>
   </si>
   <si>
     <t>Взятие ворот</t>
   </si>
   <si>
@@ -202,53 +202,50 @@
     <t>28:53</t>
   </si>
   <si>
     <t>Пыжов Роман</t>
   </si>
   <si>
     <t>44:39</t>
   </si>
   <si>
     <t>46:39</t>
   </si>
   <si>
     <t>Плахотный Андрей</t>
   </si>
   <si>
     <t>Молчанов Сергей</t>
   </si>
   <si>
     <t>Ющенко Дмитрий</t>
   </si>
   <si>
     <t>Кочетков Алексей</t>
   </si>
   <si>
     <t>Бояркин Владимир</t>
-  </si>
-[...1 lines deleted...]
-    <t>Вр</t>
   </si>
   <si>
     <t>Белов Евгений</t>
   </si>
   <si>
     <t>Цёмик Евгений</t>
   </si>
   <si>
     <t>Шелыганов Вадим</t>
   </si>
   <si>
     <t>Ильин Евгений</t>
   </si>
   <si>
     <t>Еремин Михаил</t>
   </si>
   <si>
     <t>Дорощенко Дмитрий</t>
   </si>
   <si>
     <t>Щелыганов Кирилл</t>
   </si>
   <si>
     <t>Несветов Сергей</t>
   </si>
@@ -1930,260 +1927,260 @@
       <c r="H38" s="7"/>
       <c r="I38" s="7"/>
       <c r="J38" s="7"/>
       <c r="K38" s="7"/>
       <c r="L38" s="7"/>
       <c r="M38" s="7"/>
       <c r="N38" s="7"/>
       <c r="O38" s="7"/>
       <c r="P38" s="7"/>
       <c r="Q38" s="7"/>
       <c r="R38" s="7"/>
       <c r="S38" s="7"/>
     </row>
     <row r="39" spans="1:19">
       <c r="A39" s="7">
         <v>30</v>
       </c>
       <c r="B39" s="12" t="s">
         <v>61</v>
       </c>
       <c r="C39" s="13"/>
       <c r="D39" s="13"/>
       <c r="E39" s="13"/>
       <c r="F39" s="14"/>
       <c r="G39" s="7" t="s">
-        <v>62</v>
+        <v>30</v>
       </c>
       <c r="H39" s="7"/>
       <c r="I39" s="7"/>
       <c r="J39" s="7"/>
       <c r="K39" s="7"/>
       <c r="L39" s="7"/>
       <c r="M39" s="7"/>
       <c r="N39" s="7"/>
       <c r="O39" s="7"/>
       <c r="P39" s="7"/>
       <c r="Q39" s="7"/>
       <c r="R39" s="7"/>
       <c r="S39" s="7"/>
     </row>
     <row r="40" spans="1:19">
       <c r="A40" s="7">
         <v>34</v>
       </c>
       <c r="B40" s="12" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="C40" s="13"/>
       <c r="D40" s="13"/>
       <c r="E40" s="13"/>
       <c r="F40" s="14"/>
       <c r="G40" s="7" t="s">
         <v>30</v>
       </c>
       <c r="H40" s="7"/>
       <c r="I40" s="7"/>
       <c r="J40" s="7"/>
       <c r="K40" s="7"/>
       <c r="L40" s="7"/>
       <c r="M40" s="7"/>
       <c r="N40" s="7"/>
       <c r="O40" s="7"/>
       <c r="P40" s="7"/>
       <c r="Q40" s="7"/>
       <c r="R40" s="7"/>
       <c r="S40" s="7"/>
     </row>
     <row r="41" spans="1:19">
       <c r="A41" s="7">
         <v>35</v>
       </c>
       <c r="B41" s="12" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="C41" s="13"/>
       <c r="D41" s="13"/>
       <c r="E41" s="13"/>
       <c r="F41" s="14"/>
       <c r="G41" s="7" t="s">
         <v>30</v>
       </c>
       <c r="H41" s="7"/>
       <c r="I41" s="7"/>
       <c r="J41" s="7"/>
       <c r="K41" s="7"/>
       <c r="L41" s="7"/>
       <c r="M41" s="7"/>
       <c r="N41" s="7"/>
       <c r="O41" s="7"/>
       <c r="P41" s="7"/>
       <c r="Q41" s="7"/>
       <c r="R41" s="7"/>
       <c r="S41" s="7"/>
     </row>
     <row r="42" spans="1:19">
       <c r="A42" s="7">
         <v>41</v>
       </c>
       <c r="B42" s="12" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="C42" s="13"/>
       <c r="D42" s="13"/>
       <c r="E42" s="13"/>
       <c r="F42" s="14"/>
       <c r="G42" s="7" t="s">
         <v>32</v>
       </c>
       <c r="H42" s="7"/>
       <c r="I42" s="7"/>
       <c r="J42" s="7"/>
       <c r="K42" s="7"/>
       <c r="L42" s="7"/>
       <c r="M42" s="7"/>
       <c r="N42" s="7"/>
       <c r="O42" s="7"/>
       <c r="P42" s="7"/>
       <c r="Q42" s="7"/>
       <c r="R42" s="7"/>
       <c r="S42" s="7"/>
     </row>
     <row r="43" spans="1:19">
       <c r="A43" s="7">
         <v>71</v>
       </c>
       <c r="B43" s="12" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="C43" s="13"/>
       <c r="D43" s="13"/>
       <c r="E43" s="13"/>
       <c r="F43" s="14"/>
       <c r="G43" s="7" t="s">
         <v>30</v>
       </c>
       <c r="H43" s="7"/>
       <c r="I43" s="7"/>
       <c r="J43" s="7"/>
       <c r="K43" s="7"/>
       <c r="L43" s="7"/>
       <c r="M43" s="7"/>
       <c r="N43" s="7"/>
       <c r="O43" s="7"/>
       <c r="P43" s="7"/>
       <c r="Q43" s="7"/>
       <c r="R43" s="7"/>
       <c r="S43" s="7"/>
     </row>
     <row r="44" spans="1:19">
       <c r="A44" s="7">
         <v>87</v>
       </c>
       <c r="B44" s="12" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="C44" s="13"/>
       <c r="D44" s="13"/>
       <c r="E44" s="13"/>
       <c r="F44" s="14"/>
       <c r="G44" s="7" t="s">
         <v>30</v>
       </c>
       <c r="H44" s="7"/>
       <c r="I44" s="7"/>
       <c r="J44" s="7"/>
       <c r="K44" s="7"/>
       <c r="L44" s="7"/>
       <c r="M44" s="7"/>
       <c r="N44" s="7"/>
       <c r="O44" s="7"/>
       <c r="P44" s="7"/>
       <c r="Q44" s="7"/>
       <c r="R44" s="7"/>
       <c r="S44" s="7"/>
     </row>
     <row r="45" spans="1:19">
       <c r="A45" s="7">
         <v>88</v>
       </c>
       <c r="B45" s="12" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="C45" s="13"/>
       <c r="D45" s="13"/>
       <c r="E45" s="13"/>
       <c r="F45" s="14"/>
       <c r="G45" s="7" t="s">
         <v>30</v>
       </c>
       <c r="H45" s="7"/>
       <c r="I45" s="7"/>
       <c r="J45" s="7"/>
       <c r="K45" s="7"/>
       <c r="L45" s="7"/>
       <c r="M45" s="7"/>
       <c r="N45" s="7"/>
       <c r="O45" s="7"/>
       <c r="P45" s="7"/>
       <c r="Q45" s="7"/>
       <c r="R45" s="7"/>
       <c r="S45" s="7"/>
     </row>
     <row r="46" spans="1:19">
       <c r="A46" s="7">
         <v>90</v>
       </c>
       <c r="B46" s="12" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="C46" s="13"/>
       <c r="D46" s="13"/>
       <c r="E46" s="13"/>
       <c r="F46" s="14"/>
       <c r="G46" s="7" t="s">
         <v>32</v>
       </c>
       <c r="H46" s="7"/>
       <c r="I46" s="7"/>
       <c r="J46" s="7"/>
       <c r="K46" s="7"/>
       <c r="L46" s="7"/>
       <c r="M46" s="7"/>
       <c r="N46" s="7"/>
       <c r="O46" s="7"/>
       <c r="P46" s="7"/>
       <c r="Q46" s="7"/>
       <c r="R46" s="7"/>
       <c r="S46" s="7"/>
     </row>
     <row r="47" spans="1:19">
       <c r="A47" s="7">
         <v>95</v>
       </c>
       <c r="B47" s="12" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="C47" s="13"/>
       <c r="D47" s="13"/>
       <c r="E47" s="13"/>
       <c r="F47" s="14"/>
       <c r="G47" s="7" t="s">
         <v>30</v>
       </c>
       <c r="H47" s="7"/>
       <c r="I47" s="7"/>
       <c r="J47" s="7"/>
       <c r="K47" s="7"/>
       <c r="L47" s="7"/>
       <c r="M47" s="7"/>
       <c r="N47" s="7"/>
       <c r="O47" s="7"/>
       <c r="P47" s="7"/>
       <c r="Q47" s="7"/>
       <c r="R47" s="7"/>
       <c r="S47" s="7"/>
     </row>
     <row r="48" spans="1:19">
       <c r="A48" s="7"/>
       <c r="B48" s="12"/>
       <c r="C48" s="13"/>
@@ -2314,70 +2311,70 @@
       <c r="S53" s="11"/>
     </row>
     <row r="54" spans="1:19">
       <c r="A54" s="11"/>
       <c r="B54" s="11"/>
       <c r="C54" s="11"/>
       <c r="D54" s="11"/>
       <c r="E54" s="11"/>
       <c r="F54" s="11"/>
       <c r="G54" s="11"/>
       <c r="H54" s="11"/>
       <c r="I54" s="11"/>
       <c r="J54" s="11"/>
       <c r="K54" s="11"/>
       <c r="L54" s="11"/>
       <c r="M54" s="11"/>
       <c r="N54" s="11"/>
       <c r="O54" s="11"/>
       <c r="P54" s="11"/>
       <c r="Q54" s="11"/>
       <c r="R54" s="11"/>
       <c r="S54" s="11"/>
     </row>
     <row r="55" spans="1:19" customHeight="1" ht="12" s="9" customFormat="1">
       <c r="A55" s="19" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="B55" s="19"/>
       <c r="C55" s="19"/>
       <c r="D55" s="19"/>
       <c r="E55" s="19"/>
       <c r="F55" s="19"/>
       <c r="G55" s="20" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="H55" s="20"/>
       <c r="I55" s="20"/>
       <c r="J55" s="20"/>
       <c r="K55" s="20"/>
       <c r="L55" s="20"/>
       <c r="M55" s="20"/>
       <c r="N55" s="20"/>
       <c r="O55" s="20"/>
       <c r="P55" s="20" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="Q55" s="20"/>
       <c r="R55" s="20"/>
       <c r="S55" s="20"/>
     </row>
     <row r="56" spans="1:19" customHeight="1" ht="12" s="9" customFormat="1">
       <c r="A56" s="21"/>
       <c r="B56" s="21"/>
       <c r="C56" s="21"/>
       <c r="D56" s="21"/>
       <c r="E56" s="21"/>
       <c r="F56" s="22"/>
       <c r="G56" s="23"/>
       <c r="H56" s="23"/>
       <c r="I56" s="23"/>
       <c r="J56" s="23"/>
       <c r="K56" s="23"/>
       <c r="L56" s="23"/>
       <c r="M56" s="23"/>
       <c r="N56" s="23"/>
       <c r="O56" s="23"/>
       <c r="P56" s="23"/>
       <c r="Q56" s="23"/>
       <c r="R56" s="23"/>
       <c r="S56" s="23"/>