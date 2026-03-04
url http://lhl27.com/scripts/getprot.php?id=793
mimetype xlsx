--- v0 (2025-12-06)
+++ v1 (2026-03-04)
@@ -141,56 +141,56 @@
   <si>
     <t>19:37</t>
   </si>
   <si>
     <t>Туезов Владислав</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>36;25</t>
   </si>
   <si>
     <t>Бабин Михаил</t>
   </si>
   <si>
     <t>Соколовский Антон</t>
   </si>
   <si>
     <t>Васильченко Алексей</t>
   </si>
   <si>
     <t>Морозовский Дмитрий</t>
   </si>
   <si>
+    <t>Калинин Сергей</t>
+  </si>
+  <si>
     <t>Кирпота Андрей</t>
   </si>
   <si>
-    <t>Калинин Сергей</t>
-[...1 lines deleted...]
-  <si>
     <t>Лазутин Юрий</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>Колпаков Игорь</t>
   </si>
   <si>
     <t>Шелков Сергей</t>
   </si>
   <si>
     <t>Дашевский Павел</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Регул»</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
@@ -201,54 +201,54 @@
   <si>
     <t>32:37</t>
   </si>
   <si>
     <t>34:37</t>
   </si>
   <si>
     <t>Дрокин Павел</t>
   </si>
   <si>
     <t>Цисляк Игорь</t>
   </si>
   <si>
     <t>Куделин Никита</t>
   </si>
   <si>
     <t>Махлепов Алексей</t>
   </si>
   <si>
     <t>Тишков Николай</t>
   </si>
   <si>
     <t>Тишков Иван</t>
   </si>
   <si>
+    <t>Зайков Роман</t>
+  </si>
+  <si>
     <t>Болибрух Иван</t>
-  </si>
-[...1 lines deleted...]
-    <t>Зайков Роман</t>
   </si>
   <si>
     <t>Уральский Павел</t>
   </si>
   <si>
     <t>Школьный Дмитрий</t>
   </si>
   <si>
     <t>Новоселов Егор</t>
   </si>
   <si>
     <t>Урупа Андрей</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
 </sst>
 </file>
 