--- v1 (2026-03-04)
+++ v2 (2026-03-05)
@@ -201,54 +201,54 @@
   <si>
     <t>32:37</t>
   </si>
   <si>
     <t>34:37</t>
   </si>
   <si>
     <t>Дрокин Павел</t>
   </si>
   <si>
     <t>Цисляк Игорь</t>
   </si>
   <si>
     <t>Куделин Никита</t>
   </si>
   <si>
     <t>Махлепов Алексей</t>
   </si>
   <si>
     <t>Тишков Николай</t>
   </si>
   <si>
     <t>Тишков Иван</t>
   </si>
   <si>
+    <t>Болибрух Иван</t>
+  </si>
+  <si>
     <t>Зайков Роман</t>
-  </si>
-[...1 lines deleted...]
-    <t>Болибрух Иван</t>
   </si>
   <si>
     <t>Уральский Павел</t>
   </si>
   <si>
     <t>Школьный Дмитрий</t>
   </si>
   <si>
     <t>Новоселов Егор</t>
   </si>
   <si>
     <t>Урупа Андрей</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
 </sst>
 </file>
 