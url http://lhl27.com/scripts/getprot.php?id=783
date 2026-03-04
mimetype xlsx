--- v0 (2025-12-09)
+++ v1 (2026-03-04)
@@ -177,108 +177,108 @@
   <si>
     <t>Чурилов Илья</t>
   </si>
   <si>
     <t>Тен Алексей</t>
   </si>
   <si>
     <t>Лёушкин Даниил</t>
   </si>
   <si>
     <t>Федоренко Евгений</t>
   </si>
   <si>
     <t>Махонин Даниил</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Феникс»</t>
   </si>
   <si>
+    <t>Платов Сергей</t>
+  </si>
+  <si>
+    <t>12:23</t>
+  </si>
+  <si>
+    <t>03:47</t>
+  </si>
+  <si>
+    <t>05:47</t>
+  </si>
+  <si>
     <t>Одинец Александр</t>
   </si>
   <si>
-    <t>12:23</t>
-[...5 lines deleted...]
-    <t>05:47</t>
+    <t>16:40</t>
+  </si>
+  <si>
+    <t>23:26</t>
+  </si>
+  <si>
+    <t>25:26</t>
   </si>
   <si>
     <t>Мяснянкин Иван</t>
   </si>
   <si>
-    <t>16:40</t>
-[...5 lines deleted...]
-    <t>25:26</t>
+    <t>31:00</t>
+  </si>
+  <si>
+    <t>44:09</t>
+  </si>
+  <si>
+    <t>46:09</t>
   </si>
   <si>
     <t>Медвикус Евгений</t>
   </si>
   <si>
-    <t>31:00</t>
-[...5 lines deleted...]
-    <t>46:09</t>
+    <t>36:37</t>
   </si>
   <si>
     <t>Бойцов Евгений</t>
   </si>
   <si>
-    <t>36:37</t>
+    <t>Шураков Дмитрий</t>
   </si>
   <si>
     <t>Борисов Сергей</t>
   </si>
   <si>
-    <t>Шураков Дмитрий</t>
-[...4 lines deleted...]
-  <si>
     <t>Митрофанов Федор</t>
   </si>
   <si>
+    <t>Журавлев Виталий</t>
+  </si>
+  <si>
     <t>Грейзик Сергей</t>
-  </si>
-[...1 lines deleted...]
-    <t>Журавлев Виталий</t>
   </si>
   <si>
     <t>Москалев Алексей</t>
   </si>
   <si>
     <t>Летюк Денис</t>
   </si>
   <si>
     <t>Герасимов Андрей</t>
   </si>
   <si>
     <t>Сычев Артем</t>
   </si>
   <si>
     <t>Рекун Сергей</t>
   </si>
   <si>
     <t>Спицкий Алексей</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
@@ -1685,235 +1685,235 @@
       </c>
       <c r="M29" s="7" t="s">
         <v>16</v>
       </c>
       <c r="N29" s="7" t="s">
         <v>14</v>
       </c>
       <c r="O29" s="7" t="s">
         <v>9</v>
       </c>
       <c r="P29" s="7" t="s">
         <v>17</v>
       </c>
       <c r="Q29" s="7" t="s">
         <v>18</v>
       </c>
       <c r="R29" s="7" t="s">
         <v>19</v>
       </c>
       <c r="S29" s="7" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="30" spans="1:19">
       <c r="A30" s="7">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="B30" s="12" t="s">
         <v>53</v>
       </c>
       <c r="C30" s="13"/>
       <c r="D30" s="13"/>
       <c r="E30" s="13"/>
       <c r="F30" s="14"/>
       <c r="G30" s="7" t="s">
         <v>27</v>
       </c>
       <c r="H30" s="7">
         <v>1</v>
       </c>
       <c r="I30" s="7"/>
       <c r="J30" s="7" t="s">
         <v>54</v>
       </c>
       <c r="K30" s="7">
         <v>16</v>
       </c>
       <c r="L30" s="7">
         <v>34</v>
       </c>
       <c r="M30" s="7">
         <v>0</v>
       </c>
       <c r="N30" s="7" t="s">
         <v>55</v>
       </c>
       <c r="O30" s="7">
         <v>33</v>
       </c>
       <c r="P30" s="7">
         <v>2</v>
       </c>
       <c r="Q30" s="7">
         <v>5</v>
       </c>
       <c r="R30" s="7" t="s">
         <v>55</v>
       </c>
       <c r="S30" s="7" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="31" spans="1:19">
       <c r="A31" s="7">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="B31" s="12" t="s">
         <v>57</v>
       </c>
       <c r="C31" s="13"/>
       <c r="D31" s="13"/>
       <c r="E31" s="13"/>
       <c r="F31" s="14"/>
       <c r="G31" s="7" t="s">
         <v>27</v>
       </c>
       <c r="H31" s="7">
         <v>2</v>
       </c>
       <c r="I31" s="7"/>
       <c r="J31" s="7" t="s">
         <v>58</v>
       </c>
       <c r="K31" s="7">
         <v>15</v>
       </c>
       <c r="L31" s="7">
         <v>3</v>
       </c>
       <c r="M31" s="7">
         <v>7</v>
       </c>
       <c r="N31" s="7" t="s">
         <v>59</v>
       </c>
       <c r="O31" s="7">
         <v>7</v>
       </c>
       <c r="P31" s="7">
         <v>2</v>
       </c>
       <c r="Q31" s="7">
         <v>5</v>
       </c>
       <c r="R31" s="7" t="s">
         <v>59</v>
       </c>
       <c r="S31" s="7" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="32" spans="1:19">
       <c r="A32" s="7">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="B32" s="12" t="s">
         <v>61</v>
       </c>
       <c r="C32" s="13"/>
       <c r="D32" s="13"/>
       <c r="E32" s="13"/>
       <c r="F32" s="14"/>
       <c r="G32" s="7" t="s">
         <v>27</v>
       </c>
       <c r="H32" s="7">
         <v>3</v>
       </c>
       <c r="I32" s="7"/>
       <c r="J32" s="7" t="s">
         <v>62</v>
       </c>
       <c r="K32" s="7">
         <v>11</v>
       </c>
       <c r="L32" s="7">
         <v>34</v>
       </c>
       <c r="M32" s="7">
         <v>0</v>
       </c>
       <c r="N32" s="7" t="s">
         <v>63</v>
       </c>
       <c r="O32" s="7">
         <v>15</v>
       </c>
       <c r="P32" s="7">
         <v>2</v>
       </c>
       <c r="Q32" s="7">
         <v>5</v>
       </c>
       <c r="R32" s="7" t="s">
         <v>63</v>
       </c>
       <c r="S32" s="7" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="33" spans="1:19">
       <c r="A33" s="7">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="B33" s="12" t="s">
         <v>65</v>
       </c>
       <c r="C33" s="13"/>
       <c r="D33" s="13"/>
       <c r="E33" s="13"/>
       <c r="F33" s="14"/>
       <c r="G33" s="7" t="s">
         <v>27</v>
       </c>
       <c r="H33" s="7">
         <v>4</v>
       </c>
       <c r="I33" s="7"/>
       <c r="J33" s="7" t="s">
         <v>66</v>
       </c>
       <c r="K33" s="7">
         <v>7</v>
       </c>
       <c r="L33" s="7">
         <v>11</v>
       </c>
       <c r="M33" s="7">
         <v>59</v>
       </c>
       <c r="N33" s="7"/>
       <c r="O33" s="7"/>
       <c r="P33" s="7"/>
       <c r="Q33" s="7"/>
       <c r="R33" s="7"/>
       <c r="S33" s="7"/>
     </row>
     <row r="34" spans="1:19">
       <c r="A34" s="7">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="B34" s="12" t="s">
         <v>67</v>
       </c>
       <c r="C34" s="13"/>
       <c r="D34" s="13"/>
       <c r="E34" s="13"/>
       <c r="F34" s="14"/>
       <c r="G34" s="7" t="s">
         <v>27</v>
       </c>
       <c r="H34" s="7"/>
       <c r="I34" s="7"/>
       <c r="J34" s="7"/>
       <c r="K34" s="7"/>
       <c r="L34" s="7"/>
       <c r="M34" s="7"/>
       <c r="N34" s="7"/>
       <c r="O34" s="7"/>
       <c r="P34" s="7"/>
       <c r="Q34" s="7"/>
       <c r="R34" s="7"/>
       <c r="S34" s="7"/>
     </row>
     <row r="35" spans="1:19">
@@ -1923,51 +1923,51 @@
       <c r="B35" s="12" t="s">
         <v>68</v>
       </c>
       <c r="C35" s="13"/>
       <c r="D35" s="13"/>
       <c r="E35" s="13"/>
       <c r="F35" s="14"/>
       <c r="G35" s="7" t="s">
         <v>27</v>
       </c>
       <c r="H35" s="7"/>
       <c r="I35" s="7"/>
       <c r="J35" s="7"/>
       <c r="K35" s="7"/>
       <c r="L35" s="7"/>
       <c r="M35" s="7"/>
       <c r="N35" s="7"/>
       <c r="O35" s="7"/>
       <c r="P35" s="7"/>
       <c r="Q35" s="7"/>
       <c r="R35" s="7"/>
       <c r="S35" s="7"/>
     </row>
     <row r="36" spans="1:19">
       <c r="A36" s="7">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="B36" s="12" t="s">
         <v>69</v>
       </c>
       <c r="C36" s="13"/>
       <c r="D36" s="13"/>
       <c r="E36" s="13"/>
       <c r="F36" s="14"/>
       <c r="G36" s="7" t="s">
         <v>27</v>
       </c>
       <c r="H36" s="7"/>
       <c r="I36" s="7"/>
       <c r="J36" s="7"/>
       <c r="K36" s="7"/>
       <c r="L36" s="7"/>
       <c r="M36" s="7"/>
       <c r="N36" s="7"/>
       <c r="O36" s="7"/>
       <c r="P36" s="7"/>
       <c r="Q36" s="7"/>
       <c r="R36" s="7"/>
       <c r="S36" s="7"/>
     </row>
     <row r="37" spans="1:19">
@@ -1987,78 +1987,78 @@
       <c r="H37" s="7"/>
       <c r="I37" s="7"/>
       <c r="J37" s="7"/>
       <c r="K37" s="7"/>
       <c r="L37" s="7"/>
       <c r="M37" s="7"/>
       <c r="N37" s="7"/>
       <c r="O37" s="7"/>
       <c r="P37" s="7"/>
       <c r="Q37" s="7"/>
       <c r="R37" s="7"/>
       <c r="S37" s="7"/>
     </row>
     <row r="38" spans="1:19">
       <c r="A38" s="7">
         <v>28</v>
       </c>
       <c r="B38" s="12" t="s">
         <v>71</v>
       </c>
       <c r="C38" s="13"/>
       <c r="D38" s="13"/>
       <c r="E38" s="13"/>
       <c r="F38" s="14"/>
       <c r="G38" s="7" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="H38" s="7"/>
       <c r="I38" s="7"/>
       <c r="J38" s="7"/>
       <c r="K38" s="7"/>
       <c r="L38" s="7"/>
       <c r="M38" s="7"/>
       <c r="N38" s="7"/>
       <c r="O38" s="7"/>
       <c r="P38" s="7"/>
       <c r="Q38" s="7"/>
       <c r="R38" s="7"/>
       <c r="S38" s="7"/>
     </row>
     <row r="39" spans="1:19">
       <c r="A39" s="7">
         <v>28</v>
       </c>
       <c r="B39" s="12" t="s">
         <v>72</v>
       </c>
       <c r="C39" s="13"/>
       <c r="D39" s="13"/>
       <c r="E39" s="13"/>
       <c r="F39" s="14"/>
       <c r="G39" s="7" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="H39" s="7"/>
       <c r="I39" s="7"/>
       <c r="J39" s="7"/>
       <c r="K39" s="7"/>
       <c r="L39" s="7"/>
       <c r="M39" s="7"/>
       <c r="N39" s="7"/>
       <c r="O39" s="7"/>
       <c r="P39" s="7"/>
       <c r="Q39" s="7"/>
       <c r="R39" s="7"/>
       <c r="S39" s="7"/>
     </row>
     <row r="40" spans="1:19">
       <c r="A40" s="7">
         <v>33</v>
       </c>
       <c r="B40" s="12" t="s">
         <v>73</v>
       </c>
       <c r="C40" s="13"/>
       <c r="D40" s="13"/>
       <c r="E40" s="13"/>
       <c r="F40" s="14"/>