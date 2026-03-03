--- v0 (2025-12-08)
+++ v1 (2026-03-03)
@@ -159,57 +159,57 @@
   <si>
     <t>Чинарев Андрей</t>
   </si>
   <si>
     <t>Ананин Сергей</t>
   </si>
   <si>
     <t>Гутик Сергей</t>
   </si>
   <si>
     <t>Гончаров Иван</t>
   </si>
   <si>
     <t>Ермаков Андрей</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Крылья Востока»</t>
   </si>
   <si>
+    <t>Чигиринских Роман</t>
+  </si>
+  <si>
+    <t>32:07</t>
+  </si>
+  <si>
     <t>Кулик Александр</t>
-  </si>
-[...4 lines deleted...]
-    <t>Чигиринских Роман</t>
   </si>
   <si>
     <t>Фролов Виктор</t>
   </si>
   <si>
     <t>Реут Андрей</t>
   </si>
   <si>
     <t>Вятский Павел</t>
   </si>
   <si>
     <t>Демичев Александр</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
 </sst>
 </file>
 
@@ -1594,88 +1594,88 @@
       <c r="P29" s="7" t="s">
         <v>17</v>
       </c>
       <c r="Q29" s="7" t="s">
         <v>18</v>
       </c>
       <c r="R29" s="7" t="s">
         <v>19</v>
       </c>
       <c r="S29" s="7" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="30" spans="1:19">
       <c r="A30" s="7">
         <v>22</v>
       </c>
       <c r="B30" s="12" t="s">
         <v>47</v>
       </c>
       <c r="C30" s="13"/>
       <c r="D30" s="13"/>
       <c r="E30" s="13"/>
       <c r="F30" s="14"/>
       <c r="G30" s="7" t="s">
-        <v>25</v>
+        <v>35</v>
       </c>
       <c r="H30" s="7">
         <v>1</v>
       </c>
       <c r="I30" s="7"/>
       <c r="J30" s="7" t="s">
         <v>48</v>
       </c>
       <c r="K30" s="7">
         <v>22</v>
       </c>
       <c r="L30" s="7">
         <v>30</v>
       </c>
       <c r="M30" s="7">
         <v>0</v>
       </c>
       <c r="N30" s="7"/>
       <c r="O30" s="7"/>
       <c r="P30" s="7"/>
       <c r="Q30" s="7"/>
       <c r="R30" s="7"/>
       <c r="S30" s="7"/>
     </row>
     <row r="31" spans="1:19">
       <c r="A31" s="7">
         <v>22</v>
       </c>
       <c r="B31" s="12" t="s">
         <v>49</v>
       </c>
       <c r="C31" s="13"/>
       <c r="D31" s="13"/>
       <c r="E31" s="13"/>
       <c r="F31" s="14"/>
       <c r="G31" s="7" t="s">
-        <v>35</v>
+        <v>25</v>
       </c>
       <c r="H31" s="7"/>
       <c r="I31" s="7"/>
       <c r="J31" s="7"/>
       <c r="K31" s="7"/>
       <c r="L31" s="7"/>
       <c r="M31" s="7"/>
       <c r="N31" s="7"/>
       <c r="O31" s="7"/>
       <c r="P31" s="7"/>
       <c r="Q31" s="7"/>
       <c r="R31" s="7"/>
       <c r="S31" s="7"/>
     </row>
     <row r="32" spans="1:19">
       <c r="A32" s="7">
         <v>24</v>
       </c>
       <c r="B32" s="12" t="s">
         <v>50</v>
       </c>
       <c r="C32" s="13"/>
       <c r="D32" s="13"/>
       <c r="E32" s="13"/>
       <c r="F32" s="14"/>