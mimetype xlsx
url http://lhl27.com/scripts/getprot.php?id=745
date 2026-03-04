--- v0 (2025-12-10)
+++ v1 (2026-03-04)
@@ -135,59 +135,59 @@
   <si>
     <t>+1</t>
   </si>
   <si>
     <t>39:08</t>
   </si>
   <si>
     <t>Юрченко Константин</t>
   </si>
   <si>
     <t>40:28</t>
   </si>
   <si>
     <t>Гамей Александр</t>
   </si>
   <si>
     <t>42:40</t>
   </si>
   <si>
     <t>Нестеров Виталий</t>
   </si>
   <si>
     <t>Царегородцев Сергей</t>
   </si>
   <si>
+    <t>Застеба Александр</t>
+  </si>
+  <si>
+    <t>Зщ</t>
+  </si>
+  <si>
     <t>Вороненко Александр</t>
   </si>
   <si>
-    <t>Зщ</t>
-[...4 lines deleted...]
-  <si>
     <t>Маслянский Михаил</t>
   </si>
   <si>
     <t>Шерстнев Роман</t>
   </si>
   <si>
     <t>Есягин Марк</t>
   </si>
   <si>
     <t>Казимирчук Александр</t>
   </si>
   <si>
     <t>Овчинников Александр</t>
   </si>
   <si>
     <t>Гончаров Алексей</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
@@ -216,54 +216,54 @@
   <si>
     <t>16:34</t>
   </si>
   <si>
     <t>18:34</t>
   </si>
   <si>
     <t>Махлепов Алексей</t>
   </si>
   <si>
     <t>38:58</t>
   </si>
   <si>
     <t>40:58</t>
   </si>
   <si>
     <t>Тишков Николай</t>
   </si>
   <si>
     <t>Тишков Иван</t>
   </si>
   <si>
     <t>Калашников Валерий</t>
   </si>
   <si>
+    <t>Болибрух Иван</t>
+  </si>
+  <si>
     <t>Зайков Роман</t>
-  </si>
-[...1 lines deleted...]
-    <t>Болибрух Иван</t>
   </si>
   <si>
     <t>Аксенов Дмитрий</t>
   </si>
   <si>
     <t>Уральский Павел</t>
   </si>
   <si>
     <t>Школьный Дмитрий</t>
   </si>
   <si>
     <t>Козуб Антон</t>
   </si>
   <si>
     <t>Журавлев Вадим</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>