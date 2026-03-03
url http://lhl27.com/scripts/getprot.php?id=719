--- v0 (2025-12-07)
+++ v1 (2026-03-03)
@@ -114,56 +114,56 @@
   <si>
     <t>Кокарев Петр</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>21:16</t>
   </si>
   <si>
     <t>Тараненко Петр</t>
   </si>
   <si>
     <t>29:27</t>
   </si>
   <si>
     <t>Дмитриев Максим</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>43:59</t>
   </si>
   <si>
+    <t>Абрамов Алексей</t>
+  </si>
+  <si>
     <t>Шкинев Юрий</t>
   </si>
   <si>
-    <t>Абрамов Алексей</t>
-[...1 lines deleted...]
-  <si>
     <t>Степанов Станислав</t>
   </si>
   <si>
     <t>Пшеничнов Максим</t>
   </si>
   <si>
     <t>Соловьев Сергей</t>
   </si>
   <si>
     <t>Коротич Алексей</t>
   </si>
   <si>
     <t>Первушов Александр</t>
   </si>
   <si>
     <t>Кузнецов Глеб</t>
   </si>
   <si>
     <t>Ледовский Алексей</t>
   </si>
   <si>
     <t>Жгарев Валерий</t>
   </si>
   <si>
     <t>Султанов Эльшан</t>
@@ -186,57 +186,57 @@
   <si>
     <t>19:03</t>
   </si>
   <si>
     <t>Ковалёв Владимир</t>
   </si>
   <si>
     <t>38:15</t>
   </si>
   <si>
     <t>Петросян Александр</t>
   </si>
   <si>
     <t>Аксиненко Олег</t>
   </si>
   <si>
     <t>Ковалёв Константин</t>
   </si>
   <si>
     <t>Телепнев Валентин</t>
   </si>
   <si>
     <t>Зверев Евгений</t>
   </si>
   <si>
+    <t>Баськов Денис</t>
+  </si>
+  <si>
     <t>Лазутин Юрий</t>
   </si>
   <si>
     <t>Вр</t>
-  </si>
-[...1 lines deleted...]
-    <t>Баськов Денис</t>
   </si>
   <si>
     <t>Бондаренко Тарас</t>
   </si>
   <si>
     <t>Семенов Андрей</t>
   </si>
   <si>
     <t>Веремеенко Денис</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -1086,78 +1086,78 @@
       <c r="L9" s="6">
         <v>75</v>
       </c>
       <c r="M9" s="8">
         <v>81</v>
       </c>
       <c r="N9" s="6"/>
       <c r="O9" s="6"/>
       <c r="P9" s="6"/>
       <c r="Q9" s="6"/>
       <c r="R9" s="6"/>
       <c r="S9" s="6"/>
     </row>
     <row r="10" spans="1:19">
       <c r="A10" s="5">
         <v>13</v>
       </c>
       <c r="B10" s="12" t="s">
         <v>32</v>
       </c>
       <c r="C10" s="13"/>
       <c r="D10" s="13"/>
       <c r="E10" s="13"/>
       <c r="F10" s="14"/>
       <c r="G10" s="5" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="H10" s="6"/>
       <c r="I10" s="6"/>
       <c r="J10" s="6"/>
       <c r="K10" s="6"/>
       <c r="L10" s="6"/>
       <c r="M10" s="8"/>
       <c r="N10" s="6"/>
       <c r="O10" s="6"/>
       <c r="P10" s="6"/>
       <c r="Q10" s="6"/>
       <c r="R10" s="6"/>
       <c r="S10" s="6"/>
     </row>
     <row r="11" spans="1:19">
       <c r="A11" s="5">
         <v>13</v>
       </c>
       <c r="B11" s="12" t="s">
         <v>33</v>
       </c>
       <c r="C11" s="13"/>
       <c r="D11" s="13"/>
       <c r="E11" s="13"/>
       <c r="F11" s="14"/>
       <c r="G11" s="5" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="H11" s="6"/>
       <c r="I11" s="6"/>
       <c r="J11" s="6"/>
       <c r="K11" s="6"/>
       <c r="L11" s="6"/>
       <c r="M11" s="8"/>
       <c r="N11" s="6"/>
       <c r="O11" s="6"/>
       <c r="P11" s="6"/>
       <c r="Q11" s="6"/>
       <c r="R11" s="6"/>
       <c r="S11" s="6"/>
     </row>
     <row r="12" spans="1:19">
       <c r="A12" s="5">
         <v>22</v>
       </c>
       <c r="B12" s="12" t="s">
         <v>34</v>
       </c>
       <c r="C12" s="13"/>
       <c r="D12" s="13"/>
       <c r="E12" s="13"/>
       <c r="F12" s="14"/>
@@ -1827,78 +1827,78 @@
       <c r="H36" s="7"/>
       <c r="I36" s="7"/>
       <c r="J36" s="7"/>
       <c r="K36" s="7"/>
       <c r="L36" s="7"/>
       <c r="M36" s="7"/>
       <c r="N36" s="7"/>
       <c r="O36" s="7"/>
       <c r="P36" s="7"/>
       <c r="Q36" s="7"/>
       <c r="R36" s="7"/>
       <c r="S36" s="7"/>
     </row>
     <row r="37" spans="1:19">
       <c r="A37" s="7">
         <v>83</v>
       </c>
       <c r="B37" s="12" t="s">
         <v>56</v>
       </c>
       <c r="C37" s="13"/>
       <c r="D37" s="13"/>
       <c r="E37" s="13"/>
       <c r="F37" s="14"/>
       <c r="G37" s="7" t="s">
-        <v>57</v>
+        <v>30</v>
       </c>
       <c r="H37" s="7"/>
       <c r="I37" s="7"/>
       <c r="J37" s="7"/>
       <c r="K37" s="7"/>
       <c r="L37" s="7"/>
       <c r="M37" s="7"/>
       <c r="N37" s="7"/>
       <c r="O37" s="7"/>
       <c r="P37" s="7"/>
       <c r="Q37" s="7"/>
       <c r="R37" s="7"/>
       <c r="S37" s="7"/>
     </row>
     <row r="38" spans="1:19">
       <c r="A38" s="7">
         <v>83</v>
       </c>
       <c r="B38" s="12" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="C38" s="13"/>
       <c r="D38" s="13"/>
       <c r="E38" s="13"/>
       <c r="F38" s="14"/>
       <c r="G38" s="7" t="s">
-        <v>30</v>
+        <v>58</v>
       </c>
       <c r="H38" s="7"/>
       <c r="I38" s="7"/>
       <c r="J38" s="7"/>
       <c r="K38" s="7"/>
       <c r="L38" s="7"/>
       <c r="M38" s="7"/>
       <c r="N38" s="7"/>
       <c r="O38" s="7"/>
       <c r="P38" s="7"/>
       <c r="Q38" s="7"/>
       <c r="R38" s="7"/>
       <c r="S38" s="7"/>
     </row>
     <row r="39" spans="1:19">
       <c r="A39" s="7">
         <v>88</v>
       </c>
       <c r="B39" s="12" t="s">
         <v>59</v>
       </c>
       <c r="C39" s="13"/>
       <c r="D39" s="13"/>
       <c r="E39" s="13"/>
       <c r="F39" s="14"/>