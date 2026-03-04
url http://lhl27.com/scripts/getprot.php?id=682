--- v0 (2025-12-07)
+++ v1 (2026-03-04)
@@ -144,57 +144,57 @@
   <si>
     <t>Бальбуза Игорь</t>
   </si>
   <si>
     <t>37:09</t>
   </si>
   <si>
     <t>Загребаев Алексей</t>
   </si>
   <si>
     <t>Соловьев Сергей</t>
   </si>
   <si>
     <t>Рудичев Сергей</t>
   </si>
   <si>
     <t>Скляров Артем</t>
   </si>
   <si>
     <t>Соловьев Роман</t>
   </si>
   <si>
     <t>Талагаев Валерий</t>
   </si>
   <si>
+    <t>Богач Владислав</t>
+  </si>
+  <si>
+    <t>Вр</t>
+  </si>
+  <si>
     <t>Карачун Алексей</t>
-  </si>
-[...4 lines deleted...]
-    <t>Вр</t>
   </si>
   <si>
     <t>Глушков Фёдор</t>
   </si>
   <si>
     <t>Савочка Денис</t>
   </si>
   <si>
     <t>Волков Михаил</t>
   </si>
   <si>
     <t>Шапоша Олег</t>
   </si>
   <si>
     <t>Стиба Евгений</t>
   </si>
   <si>
     <t>Калин Игорь</t>
   </si>
   <si>
     <t>Понкратьев Павел</t>
   </si>
   <si>
     <t>Кондратюк Игорь</t>
   </si>
@@ -1306,78 +1306,78 @@
       <c r="H15" s="6"/>
       <c r="I15" s="6"/>
       <c r="J15" s="6"/>
       <c r="K15" s="6"/>
       <c r="L15" s="6"/>
       <c r="M15" s="8"/>
       <c r="N15" s="6"/>
       <c r="O15" s="6"/>
       <c r="P15" s="6"/>
       <c r="Q15" s="6"/>
       <c r="R15" s="6"/>
       <c r="S15" s="6"/>
     </row>
     <row r="16" spans="1:19">
       <c r="A16" s="5">
         <v>38</v>
       </c>
       <c r="B16" s="12" t="s">
         <v>42</v>
       </c>
       <c r="C16" s="13"/>
       <c r="D16" s="13"/>
       <c r="E16" s="13"/>
       <c r="F16" s="14"/>
       <c r="G16" s="5" t="s">
-        <v>25</v>
+        <v>43</v>
       </c>
       <c r="H16" s="6"/>
       <c r="I16" s="6"/>
       <c r="J16" s="6"/>
       <c r="K16" s="6"/>
       <c r="L16" s="6"/>
       <c r="M16" s="8"/>
       <c r="N16" s="6"/>
       <c r="O16" s="6"/>
       <c r="P16" s="6"/>
       <c r="Q16" s="6"/>
       <c r="R16" s="6"/>
       <c r="S16" s="6"/>
     </row>
     <row r="17" spans="1:19">
       <c r="A17" s="5">
         <v>38</v>
       </c>
       <c r="B17" s="12" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C17" s="13"/>
       <c r="D17" s="13"/>
       <c r="E17" s="13"/>
       <c r="F17" s="14"/>
       <c r="G17" s="5" t="s">
-        <v>44</v>
+        <v>25</v>
       </c>
       <c r="H17" s="6"/>
       <c r="I17" s="6"/>
       <c r="J17" s="6"/>
       <c r="K17" s="6"/>
       <c r="L17" s="6"/>
       <c r="M17" s="8"/>
       <c r="N17" s="6"/>
       <c r="O17" s="6"/>
       <c r="P17" s="6"/>
       <c r="Q17" s="6"/>
       <c r="R17" s="6"/>
       <c r="S17" s="6"/>
     </row>
     <row r="18" spans="1:19">
       <c r="A18" s="5">
         <v>41</v>
       </c>
       <c r="B18" s="12" t="s">
         <v>45</v>
       </c>
       <c r="C18" s="13"/>
       <c r="D18" s="13"/>
       <c r="E18" s="13"/>
       <c r="F18" s="14"/>
@@ -1495,51 +1495,51 @@
       <c r="H22" s="6"/>
       <c r="I22" s="6"/>
       <c r="J22" s="6"/>
       <c r="K22" s="6"/>
       <c r="L22" s="6"/>
       <c r="M22" s="8"/>
       <c r="N22" s="6"/>
       <c r="O22" s="6"/>
       <c r="P22" s="6"/>
       <c r="Q22" s="6"/>
       <c r="R22" s="6"/>
       <c r="S22" s="6"/>
     </row>
     <row r="23" spans="1:19">
       <c r="A23" s="5">
         <v>73</v>
       </c>
       <c r="B23" s="12" t="s">
         <v>50</v>
       </c>
       <c r="C23" s="13"/>
       <c r="D23" s="13"/>
       <c r="E23" s="13"/>
       <c r="F23" s="14"/>
       <c r="G23" s="5" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="H23" s="6"/>
       <c r="I23" s="6"/>
       <c r="J23" s="6"/>
       <c r="K23" s="6"/>
       <c r="L23" s="6"/>
       <c r="M23" s="8"/>
       <c r="N23" s="6"/>
       <c r="O23" s="6"/>
       <c r="P23" s="6"/>
       <c r="Q23" s="6"/>
       <c r="R23" s="6"/>
       <c r="S23" s="6"/>
     </row>
     <row r="24" spans="1:19">
       <c r="A24" s="5">
         <v>77</v>
       </c>
       <c r="B24" s="12" t="s">
         <v>51</v>
       </c>
       <c r="C24" s="13"/>
       <c r="D24" s="13"/>
       <c r="E24" s="13"/>
       <c r="F24" s="14"/>
@@ -2169,51 +2169,51 @@
       <c r="H46" s="7"/>
       <c r="I46" s="7"/>
       <c r="J46" s="7"/>
       <c r="K46" s="7"/>
       <c r="L46" s="7"/>
       <c r="M46" s="7"/>
       <c r="N46" s="7"/>
       <c r="O46" s="7"/>
       <c r="P46" s="7"/>
       <c r="Q46" s="7"/>
       <c r="R46" s="7"/>
       <c r="S46" s="7"/>
     </row>
     <row r="47" spans="1:19">
       <c r="A47" s="7">
         <v>30</v>
       </c>
       <c r="B47" s="12" t="s">
         <v>69</v>
       </c>
       <c r="C47" s="13"/>
       <c r="D47" s="13"/>
       <c r="E47" s="13"/>
       <c r="F47" s="14"/>
       <c r="G47" s="7" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="H47" s="7"/>
       <c r="I47" s="7"/>
       <c r="J47" s="7"/>
       <c r="K47" s="7"/>
       <c r="L47" s="7"/>
       <c r="M47" s="7"/>
       <c r="N47" s="7"/>
       <c r="O47" s="7"/>
       <c r="P47" s="7"/>
       <c r="Q47" s="7"/>
       <c r="R47" s="7"/>
       <c r="S47" s="7"/>
     </row>
     <row r="48" spans="1:19">
       <c r="A48" s="7">
         <v>32</v>
       </c>
       <c r="B48" s="12" t="s">
         <v>70</v>
       </c>
       <c r="C48" s="13"/>
       <c r="D48" s="13"/>
       <c r="E48" s="13"/>
       <c r="F48" s="14"/>