--- v0 (2025-12-06)
+++ v1 (2026-03-04)
@@ -219,54 +219,54 @@
   <si>
     <t>35-33</t>
   </si>
   <si>
     <t>Шахов Данил</t>
   </si>
   <si>
     <t>29-57</t>
   </si>
   <si>
     <t>Мясоеденков Андрей</t>
   </si>
   <si>
     <t>Миронов Дмитрий</t>
   </si>
   <si>
     <t>Жуковец Данила</t>
   </si>
   <si>
     <t>Королев Антон</t>
   </si>
   <si>
     <t>Устюжанин Сергей</t>
   </si>
   <si>
+    <t>Львутин Владимир</t>
+  </si>
+  <si>
     <t>Константинов Дмитрий</t>
-  </si>
-[...1 lines deleted...]
-    <t>Львутин Владимир</t>
   </si>
   <si>
     <t>Салов Данил</t>
   </si>
   <si>
     <t>Смоляков Алексей</t>
   </si>
   <si>
     <t>Шишмаков Станислав</t>
   </si>
   <si>
     <t>Зырянов Денис</t>
   </si>
   <si>
     <t>Дюжов Илья</t>
   </si>
   <si>
     <t>Подшендялов Игорь</t>
   </si>
   <si>
     <t>Дюжов Михаил</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
@@ -1785,51 +1785,51 @@
         <v>80</v>
       </c>
       <c r="L31" s="7">
         <v>0</v>
       </c>
       <c r="M31" s="7">
         <v>0</v>
       </c>
       <c r="N31" s="7" t="s">
         <v>59</v>
       </c>
       <c r="O31" s="7">
         <v>22</v>
       </c>
       <c r="P31" s="7">
         <v>2</v>
       </c>
       <c r="Q31" s="7">
         <v>5</v>
       </c>
       <c r="R31" s="7"/>
       <c r="S31" s="7"/>
     </row>
     <row r="32" spans="1:19">
       <c r="A32" s="7">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="B32" s="12" t="s">
         <v>60</v>
       </c>
       <c r="C32" s="13"/>
       <c r="D32" s="13"/>
       <c r="E32" s="13"/>
       <c r="F32" s="14"/>
       <c r="G32" s="7" t="s">
         <v>25</v>
       </c>
       <c r="H32" s="7">
         <v>3</v>
       </c>
       <c r="I32" s="7"/>
       <c r="J32" s="7" t="s">
         <v>61</v>
       </c>
       <c r="K32" s="7">
         <v>69</v>
       </c>
       <c r="L32" s="7">
         <v>53</v>
       </c>
       <c r="M32" s="7">
@@ -1957,78 +1957,78 @@
       <c r="B37" s="12" t="s">
         <v>66</v>
       </c>
       <c r="C37" s="13"/>
       <c r="D37" s="13"/>
       <c r="E37" s="13"/>
       <c r="F37" s="14"/>
       <c r="G37" s="7" t="s">
         <v>28</v>
       </c>
       <c r="H37" s="7"/>
       <c r="I37" s="7"/>
       <c r="J37" s="7"/>
       <c r="K37" s="7"/>
       <c r="L37" s="7"/>
       <c r="M37" s="7"/>
       <c r="N37" s="7"/>
       <c r="O37" s="7"/>
       <c r="P37" s="7"/>
       <c r="Q37" s="7"/>
       <c r="R37" s="7"/>
       <c r="S37" s="7"/>
     </row>
     <row r="38" spans="1:19">
       <c r="A38" s="7">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B38" s="12" t="s">
         <v>67</v>
       </c>
       <c r="C38" s="13"/>
       <c r="D38" s="13"/>
       <c r="E38" s="13"/>
       <c r="F38" s="14"/>
       <c r="G38" s="7" t="s">
         <v>28</v>
       </c>
       <c r="H38" s="7"/>
       <c r="I38" s="7"/>
       <c r="J38" s="7"/>
       <c r="K38" s="7"/>
       <c r="L38" s="7"/>
       <c r="M38" s="7"/>
       <c r="N38" s="7"/>
       <c r="O38" s="7"/>
       <c r="P38" s="7"/>
       <c r="Q38" s="7"/>
       <c r="R38" s="7"/>
       <c r="S38" s="7"/>
     </row>
     <row r="39" spans="1:19">
       <c r="A39" s="7">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="B39" s="12" t="s">
         <v>68</v>
       </c>
       <c r="C39" s="13"/>
       <c r="D39" s="13"/>
       <c r="E39" s="13"/>
       <c r="F39" s="14"/>
       <c r="G39" s="7" t="s">
         <v>28</v>
       </c>
       <c r="H39" s="7"/>
       <c r="I39" s="7"/>
       <c r="J39" s="7"/>
       <c r="K39" s="7"/>
       <c r="L39" s="7"/>
       <c r="M39" s="7"/>
       <c r="N39" s="7"/>
       <c r="O39" s="7"/>
       <c r="P39" s="7"/>
       <c r="Q39" s="7"/>
       <c r="R39" s="7"/>
       <c r="S39" s="7"/>
     </row>
     <row r="40" spans="1:19">