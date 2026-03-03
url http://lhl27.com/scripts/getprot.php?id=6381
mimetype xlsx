--- v0 (2025-12-06)
+++ v1 (2026-03-03)
@@ -126,54 +126,54 @@
   <si>
     <t>19-54</t>
   </si>
   <si>
     <t>Небесных Василий</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>39-51</t>
   </si>
   <si>
     <t>Попов Александр</t>
   </si>
   <si>
     <t>Пасечников Юрий</t>
   </si>
   <si>
     <t>Израйлев Дмитрий</t>
   </si>
   <si>
     <t>Бондаренко Владимир</t>
   </si>
   <si>
+    <t>Иванов Альберт</t>
+  </si>
+  <si>
     <t>Коршунов Артём</t>
-  </si>
-[...1 lines deleted...]
-    <t>Иванов Альберт</t>
   </si>
   <si>
     <t>Рекунов Николай</t>
   </si>
   <si>
     <t>Огнев Даниил</t>
   </si>
   <si>
     <t>Пыхалов Михаил</t>
   </si>
   <si>
     <t>Казачок Сергей</t>
   </si>
   <si>
     <t>Московцев Сергей</t>
   </si>
   <si>
     <t>Смолягин Кирилл</t>
   </si>
   <si>
     <t>Демичев Александр</t>
   </si>
   <si>
     <t>Тлустенко Илья</t>
   </si>
@@ -971,51 +971,51 @@
       <c r="E5" s="13"/>
       <c r="F5" s="14"/>
       <c r="G5" s="5" t="s">
         <v>22</v>
       </c>
       <c r="H5" s="6">
         <v>1</v>
       </c>
       <c r="I5" s="5"/>
       <c r="J5" s="5" t="s">
         <v>23</v>
       </c>
       <c r="K5" s="5">
         <v>32</v>
       </c>
       <c r="L5" s="5">
         <v>10</v>
       </c>
       <c r="M5" s="8">
         <v>17</v>
       </c>
       <c r="N5" s="6" t="s">
         <v>24</v>
       </c>
       <c r="O5" s="6">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="P5" s="6">
         <v>2</v>
       </c>
       <c r="Q5" s="6">
         <v>8</v>
       </c>
       <c r="R5" s="6"/>
       <c r="S5" s="6"/>
     </row>
     <row r="6" spans="1:19">
       <c r="A6" s="5">
         <v>9</v>
       </c>
       <c r="B6" s="12" t="s">
         <v>25</v>
       </c>
       <c r="C6" s="13"/>
       <c r="D6" s="13"/>
       <c r="E6" s="13"/>
       <c r="F6" s="14"/>
       <c r="G6" s="5" t="s">
         <v>26</v>
       </c>
       <c r="H6" s="6">
@@ -1174,78 +1174,78 @@
       <c r="B11" s="12" t="s">
         <v>35</v>
       </c>
       <c r="C11" s="13"/>
       <c r="D11" s="13"/>
       <c r="E11" s="13"/>
       <c r="F11" s="14"/>
       <c r="G11" s="5" t="s">
         <v>26</v>
       </c>
       <c r="H11" s="6"/>
       <c r="I11" s="6"/>
       <c r="J11" s="6"/>
       <c r="K11" s="6"/>
       <c r="L11" s="6"/>
       <c r="M11" s="8"/>
       <c r="N11" s="6"/>
       <c r="O11" s="6"/>
       <c r="P11" s="6"/>
       <c r="Q11" s="6"/>
       <c r="R11" s="6"/>
       <c r="S11" s="6"/>
     </row>
     <row r="12" spans="1:19">
       <c r="A12" s="5">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="B12" s="12" t="s">
         <v>36</v>
       </c>
       <c r="C12" s="13"/>
       <c r="D12" s="13"/>
       <c r="E12" s="13"/>
       <c r="F12" s="14"/>
       <c r="G12" s="5" t="s">
         <v>30</v>
       </c>
       <c r="H12" s="6"/>
       <c r="I12" s="6"/>
       <c r="J12" s="6"/>
       <c r="K12" s="6"/>
       <c r="L12" s="6"/>
       <c r="M12" s="8"/>
       <c r="N12" s="6"/>
       <c r="O12" s="6"/>
       <c r="P12" s="6"/>
       <c r="Q12" s="6"/>
       <c r="R12" s="6"/>
       <c r="S12" s="6"/>
     </row>
     <row r="13" spans="1:19">
       <c r="A13" s="5">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="B13" s="12" t="s">
         <v>37</v>
       </c>
       <c r="C13" s="13"/>
       <c r="D13" s="13"/>
       <c r="E13" s="13"/>
       <c r="F13" s="14"/>
       <c r="G13" s="5" t="s">
         <v>30</v>
       </c>
       <c r="H13" s="6"/>
       <c r="I13" s="6"/>
       <c r="J13" s="6"/>
       <c r="K13" s="6"/>
       <c r="L13" s="6"/>
       <c r="M13" s="8"/>
       <c r="N13" s="6"/>
       <c r="O13" s="6"/>
       <c r="P13" s="6"/>
       <c r="Q13" s="6"/>
       <c r="R13" s="6"/>
       <c r="S13" s="6"/>
     </row>
     <row r="14" spans="1:19">