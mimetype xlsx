--- v0 (2026-03-04)
+++ v1 (2026-03-05)
@@ -198,54 +198,54 @@
   <si>
     <t>Кромских Леонид</t>
   </si>
   <si>
     <t>Назаратий Руслан</t>
   </si>
   <si>
     <t>Степанов Станислав</t>
   </si>
   <si>
     <t>Невмеруха Дмитрий</t>
   </si>
   <si>
     <t>Рикусов Вячеслав</t>
   </si>
   <si>
     <t>Аткинс Кемерон</t>
   </si>
   <si>
     <t>Суслов Владислав</t>
   </si>
   <si>
     <t>Кислов Александр</t>
   </si>
   <si>
+    <t>Гордеева Дарья</t>
+  </si>
+  <si>
     <t>Ковтун Лев</t>
-  </si>
-[...1 lines deleted...]
-    <t>Гордеева Дарья</t>
   </si>
   <si>
     <t>Слепухин Александр</t>
   </si>
   <si>
     <t>Чугайков Дмитрий</t>
   </si>
   <si>
     <t>Митяков Владислав</t>
   </si>
   <si>
     <t>Школьный Дмитрий</t>
   </si>
   <si>
     <t>Афанасьев Александр</t>
   </si>
   <si>
     <t>Азаров Виктор</t>
   </si>
   <si>
     <t>Бобков Максим</t>
   </si>
   <si>
     <t>Драголюб Сергей</t>
   </si>