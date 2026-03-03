--- v0 (2025-12-06)
+++ v1 (2026-03-03)
@@ -129,59 +129,59 @@
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>34-10</t>
   </si>
   <si>
     <t>Бессарабец Александр</t>
   </si>
   <si>
     <t>Жуковец Данила</t>
   </si>
   <si>
     <t>Иваничкин Сергей</t>
   </si>
   <si>
     <t>Щукин Павел</t>
   </si>
   <si>
     <t>Королев Антон</t>
   </si>
   <si>
     <t>Устюжанин Сергей</t>
   </si>
   <si>
+    <t>Львутин Владимир</t>
+  </si>
+  <si>
+    <t>Кугаевский Михаил</t>
+  </si>
+  <si>
     <t>Константинов Дмитрий</t>
   </si>
   <si>
-    <t>Львутин Владимир</t>
-[...4 lines deleted...]
-  <si>
     <t>Суворов Сергей</t>
   </si>
   <si>
     <t>Салов Данил</t>
   </si>
   <si>
     <t>Смоляков Алексей</t>
   </si>
   <si>
     <t>Абанин Дмитрий</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Синергия»</t>
   </si>
   <si>
     <t>Ведров Сергей</t>
   </si>
   <si>
     <t>02-03</t>
@@ -189,60 +189,60 @@
   <si>
     <t>28-39</t>
   </si>
   <si>
     <t>Небесных Василий</t>
   </si>
   <si>
     <t>10-52</t>
   </si>
   <si>
     <t>40-42</t>
   </si>
   <si>
     <t>Попов Александр</t>
   </si>
   <si>
     <t>Пасечников Юрий</t>
   </si>
   <si>
     <t>Израйлев Дмитрий</t>
   </si>
   <si>
     <t>Бондаренко Владимир</t>
   </si>
   <si>
+    <t>Калашников Андрей</t>
+  </si>
+  <si>
+    <t>Иванов Альберт</t>
+  </si>
+  <si>
+    <t>Дмитриев Сергей</t>
+  </si>
+  <si>
     <t>Коршунов Артём</t>
-  </si>
-[...7 lines deleted...]
-    <t>Дмитриев Сергей</t>
   </si>
   <si>
     <t>Пыхалов Михаил</t>
   </si>
   <si>
     <t>Лущиков Дмитрий</t>
   </si>
   <si>
     <t>Московцев Сергей</t>
   </si>
   <si>
     <t>Трегубенко Максим</t>
   </si>
   <si>
     <t>Левин Константин</t>
   </si>
   <si>
     <t>Смолягин Кирилл</t>
   </si>
   <si>
     <t>Глухов Денис</t>
   </si>
   <si>
     <t>Демичев Александр</t>
   </si>
@@ -1006,51 +1006,51 @@
       <c r="H6" s="6">
         <v>2</v>
       </c>
       <c r="I6" s="6"/>
       <c r="J6" s="6" t="s">
         <v>27</v>
       </c>
       <c r="K6" s="6">
         <v>32</v>
       </c>
       <c r="L6" s="6">
         <v>33</v>
       </c>
       <c r="M6" s="8">
         <v>17</v>
       </c>
       <c r="N6" s="6"/>
       <c r="O6" s="6"/>
       <c r="P6" s="6"/>
       <c r="Q6" s="6"/>
       <c r="R6" s="6"/>
       <c r="S6" s="6"/>
     </row>
     <row r="7" spans="1:19">
       <c r="A7" s="5">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="B7" s="12" t="s">
         <v>28</v>
       </c>
       <c r="C7" s="13"/>
       <c r="D7" s="13"/>
       <c r="E7" s="13"/>
       <c r="F7" s="14"/>
       <c r="G7" s="5" t="s">
         <v>29</v>
       </c>
       <c r="H7" s="6">
         <v>3</v>
       </c>
       <c r="I7" s="6"/>
       <c r="J7" s="6" t="s">
         <v>30</v>
       </c>
       <c r="K7" s="6">
         <v>34</v>
       </c>
       <c r="L7" s="6">
         <v>29</v>
       </c>
       <c r="M7" s="8">
@@ -1205,115 +1205,115 @@
       <c r="B13" s="12" t="s">
         <v>36</v>
       </c>
       <c r="C13" s="13"/>
       <c r="D13" s="13"/>
       <c r="E13" s="13"/>
       <c r="F13" s="14"/>
       <c r="G13" s="5" t="s">
         <v>26</v>
       </c>
       <c r="H13" s="6"/>
       <c r="I13" s="6"/>
       <c r="J13" s="6"/>
       <c r="K13" s="6"/>
       <c r="L13" s="6"/>
       <c r="M13" s="8"/>
       <c r="N13" s="6"/>
       <c r="O13" s="6"/>
       <c r="P13" s="6"/>
       <c r="Q13" s="6"/>
       <c r="R13" s="6"/>
       <c r="S13" s="6"/>
     </row>
     <row r="14" spans="1:19">
       <c r="A14" s="5">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B14" s="12" t="s">
         <v>37</v>
       </c>
       <c r="C14" s="13"/>
       <c r="D14" s="13"/>
       <c r="E14" s="13"/>
       <c r="F14" s="14"/>
       <c r="G14" s="5" t="s">
         <v>26</v>
       </c>
       <c r="H14" s="6"/>
       <c r="I14" s="6"/>
       <c r="J14" s="6"/>
       <c r="K14" s="6"/>
       <c r="L14" s="6"/>
       <c r="M14" s="8"/>
       <c r="N14" s="6"/>
       <c r="O14" s="6"/>
       <c r="P14" s="6"/>
       <c r="Q14" s="6"/>
       <c r="R14" s="6"/>
       <c r="S14" s="6"/>
     </row>
     <row r="15" spans="1:19">
       <c r="A15" s="5">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B15" s="12" t="s">
         <v>38</v>
       </c>
       <c r="C15" s="13"/>
       <c r="D15" s="13"/>
       <c r="E15" s="13"/>
       <c r="F15" s="14"/>
       <c r="G15" s="5" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="H15" s="6"/>
       <c r="I15" s="6"/>
       <c r="J15" s="6"/>
       <c r="K15" s="6"/>
       <c r="L15" s="6"/>
       <c r="M15" s="8"/>
       <c r="N15" s="6"/>
       <c r="O15" s="6"/>
       <c r="P15" s="6"/>
       <c r="Q15" s="6"/>
       <c r="R15" s="6"/>
       <c r="S15" s="6"/>
     </row>
     <row r="16" spans="1:19">
       <c r="A16" s="5">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="B16" s="12" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="13"/>
       <c r="D16" s="13"/>
       <c r="E16" s="13"/>
       <c r="F16" s="14"/>
       <c r="G16" s="5" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="H16" s="6"/>
       <c r="I16" s="6"/>
       <c r="J16" s="6"/>
       <c r="K16" s="6"/>
       <c r="L16" s="6"/>
       <c r="M16" s="8"/>
       <c r="N16" s="6"/>
       <c r="O16" s="6"/>
       <c r="P16" s="6"/>
       <c r="Q16" s="6"/>
       <c r="R16" s="6"/>
       <c r="S16" s="6"/>
     </row>
     <row r="17" spans="1:19">
       <c r="A17" s="5">
         <v>41</v>
       </c>
       <c r="B17" s="12" t="s">
         <v>40</v>
       </c>
       <c r="C17" s="13"/>
       <c r="D17" s="13"/>
       <c r="E17" s="13"/>
       <c r="F17" s="14"/>
@@ -1821,132 +1821,132 @@
       <c r="B35" s="12" t="s">
         <v>56</v>
       </c>
       <c r="C35" s="13"/>
       <c r="D35" s="13"/>
       <c r="E35" s="13"/>
       <c r="F35" s="14"/>
       <c r="G35" s="7" t="s">
         <v>26</v>
       </c>
       <c r="H35" s="7"/>
       <c r="I35" s="7"/>
       <c r="J35" s="7"/>
       <c r="K35" s="7"/>
       <c r="L35" s="7"/>
       <c r="M35" s="7"/>
       <c r="N35" s="7"/>
       <c r="O35" s="7"/>
       <c r="P35" s="7"/>
       <c r="Q35" s="7"/>
       <c r="R35" s="7"/>
       <c r="S35" s="7"/>
     </row>
     <row r="36" spans="1:19">
       <c r="A36" s="7">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="B36" s="12" t="s">
         <v>57</v>
       </c>
       <c r="C36" s="13"/>
       <c r="D36" s="13"/>
       <c r="E36" s="13"/>
       <c r="F36" s="14"/>
       <c r="G36" s="7" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="H36" s="7"/>
       <c r="I36" s="7"/>
       <c r="J36" s="7"/>
       <c r="K36" s="7"/>
       <c r="L36" s="7"/>
       <c r="M36" s="7"/>
       <c r="N36" s="7"/>
       <c r="O36" s="7"/>
       <c r="P36" s="7"/>
       <c r="Q36" s="7"/>
       <c r="R36" s="7"/>
       <c r="S36" s="7"/>
     </row>
     <row r="37" spans="1:19">
       <c r="A37" s="7">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B37" s="12" t="s">
         <v>58</v>
       </c>
       <c r="C37" s="13"/>
       <c r="D37" s="13"/>
       <c r="E37" s="13"/>
       <c r="F37" s="14"/>
       <c r="G37" s="7" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="H37" s="7"/>
       <c r="I37" s="7"/>
       <c r="J37" s="7"/>
       <c r="K37" s="7"/>
       <c r="L37" s="7"/>
       <c r="M37" s="7"/>
       <c r="N37" s="7"/>
       <c r="O37" s="7"/>
       <c r="P37" s="7"/>
       <c r="Q37" s="7"/>
       <c r="R37" s="7"/>
       <c r="S37" s="7"/>
     </row>
     <row r="38" spans="1:19">
       <c r="A38" s="7">
         <v>23</v>
       </c>
       <c r="B38" s="12" t="s">
         <v>59</v>
       </c>
       <c r="C38" s="13"/>
       <c r="D38" s="13"/>
       <c r="E38" s="13"/>
       <c r="F38" s="14"/>
       <c r="G38" s="7" t="s">
         <v>29</v>
       </c>
       <c r="H38" s="7"/>
       <c r="I38" s="7"/>
       <c r="J38" s="7"/>
       <c r="K38" s="7"/>
       <c r="L38" s="7"/>
       <c r="M38" s="7"/>
       <c r="N38" s="7"/>
       <c r="O38" s="7"/>
       <c r="P38" s="7"/>
       <c r="Q38" s="7"/>
       <c r="R38" s="7"/>
       <c r="S38" s="7"/>
     </row>
     <row r="39" spans="1:19">
       <c r="A39" s="7">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="B39" s="12" t="s">
         <v>60</v>
       </c>
       <c r="C39" s="13"/>
       <c r="D39" s="13"/>
       <c r="E39" s="13"/>
       <c r="F39" s="14"/>
       <c r="G39" s="7" t="s">
         <v>29</v>
       </c>
       <c r="H39" s="7"/>
       <c r="I39" s="7"/>
       <c r="J39" s="7"/>
       <c r="K39" s="7"/>
       <c r="L39" s="7"/>
       <c r="M39" s="7"/>
       <c r="N39" s="7"/>
       <c r="O39" s="7"/>
       <c r="P39" s="7"/>
       <c r="Q39" s="7"/>
       <c r="R39" s="7"/>
       <c r="S39" s="7"/>
     </row>
     <row r="40" spans="1:19">