--- v0 (2025-12-07)
+++ v1 (2026-03-04)
@@ -147,60 +147,60 @@
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Рубеж»</t>
   </si>
   <si>
     <t>15:35</t>
   </si>
   <si>
     <t>18:00</t>
   </si>
   <si>
     <t>Кильдюшкин Александр</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>20:53</t>
   </si>
   <si>
+    <t>Бережной Виктор</t>
+  </si>
+  <si>
+    <t>40:56</t>
+  </si>
+  <si>
+    <t>40:15</t>
+  </si>
+  <si>
     <t>Мирзоев Шерали</t>
-  </si>
-[...7 lines deleted...]
-    <t>Бережной Виктор</t>
   </si>
   <si>
     <t>Радина Раиса</t>
   </si>
   <si>
     <t>Шумков Илья</t>
   </si>
   <si>
     <t>Колесников Иван</t>
   </si>
   <si>
     <t>Домбровский Владислав</t>
   </si>
   <si>
     <t>Садовников Сергей</t>
   </si>
   <si>
     <t>Мешков Дмитрий</t>
   </si>
   <si>
     <t>Бабич Сергей</t>
   </si>
   <si>
     <t>Трунова Наталья</t>
   </si>
@@ -1656,96 +1656,96 @@
       </c>
       <c r="O31" s="7">
         <v>10</v>
       </c>
       <c r="P31" s="7">
         <v>2</v>
       </c>
       <c r="Q31" s="7">
         <v>9</v>
       </c>
       <c r="R31" s="7"/>
       <c r="S31" s="7"/>
     </row>
     <row r="32" spans="1:19">
       <c r="A32" s="7">
         <v>10</v>
       </c>
       <c r="B32" s="12" t="s">
         <v>43</v>
       </c>
       <c r="C32" s="13"/>
       <c r="D32" s="13"/>
       <c r="E32" s="13"/>
       <c r="F32" s="14"/>
       <c r="G32" s="7" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="H32" s="7">
         <v>3</v>
       </c>
       <c r="I32" s="7"/>
       <c r="J32" s="7" t="s">
         <v>44</v>
       </c>
       <c r="K32" s="7">
         <v>14</v>
       </c>
       <c r="L32" s="7">
         <v>0</v>
       </c>
       <c r="M32" s="7">
         <v>0</v>
       </c>
       <c r="N32" s="7" t="s">
         <v>45</v>
       </c>
       <c r="O32" s="7">
         <v>83</v>
       </c>
       <c r="P32" s="7">
         <v>2</v>
       </c>
       <c r="Q32" s="7">
         <v>2</v>
       </c>
       <c r="R32" s="7"/>
       <c r="S32" s="7"/>
     </row>
     <row r="33" spans="1:19">
       <c r="A33" s="7">
         <v>10</v>
       </c>
       <c r="B33" s="12" t="s">
         <v>46</v>
       </c>
       <c r="C33" s="13"/>
       <c r="D33" s="13"/>
       <c r="E33" s="13"/>
       <c r="F33" s="14"/>
       <c r="G33" s="7" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="H33" s="7"/>
       <c r="I33" s="7"/>
       <c r="J33" s="7"/>
       <c r="K33" s="7"/>
       <c r="L33" s="7"/>
       <c r="M33" s="7"/>
       <c r="N33" s="7"/>
       <c r="O33" s="7"/>
       <c r="P33" s="7"/>
       <c r="Q33" s="7"/>
       <c r="R33" s="7"/>
       <c r="S33" s="7"/>
     </row>
     <row r="34" spans="1:19">
       <c r="A34" s="7">
         <v>11</v>
       </c>
       <c r="B34" s="12" t="s">
         <v>47</v>
       </c>
       <c r="C34" s="13"/>
       <c r="D34" s="13"/>
       <c r="E34" s="13"/>
       <c r="F34" s="14"/>