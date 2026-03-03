--- v0 (2025-12-07)
+++ v1 (2026-03-03)
@@ -1788,51 +1788,51 @@
       <c r="H33" s="7"/>
       <c r="I33" s="7"/>
       <c r="J33" s="7"/>
       <c r="K33" s="7"/>
       <c r="L33" s="7"/>
       <c r="M33" s="7"/>
       <c r="N33" s="7"/>
       <c r="O33" s="7"/>
       <c r="P33" s="7"/>
       <c r="Q33" s="7"/>
       <c r="R33" s="7"/>
       <c r="S33" s="7"/>
     </row>
     <row r="34" spans="1:19">
       <c r="A34" s="7">
         <v>30</v>
       </c>
       <c r="B34" s="12" t="s">
         <v>56</v>
       </c>
       <c r="C34" s="13"/>
       <c r="D34" s="13"/>
       <c r="E34" s="13"/>
       <c r="F34" s="14"/>
       <c r="G34" s="7" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="H34" s="7"/>
       <c r="I34" s="7"/>
       <c r="J34" s="7"/>
       <c r="K34" s="7"/>
       <c r="L34" s="7"/>
       <c r="M34" s="7"/>
       <c r="N34" s="7"/>
       <c r="O34" s="7"/>
       <c r="P34" s="7"/>
       <c r="Q34" s="7"/>
       <c r="R34" s="7"/>
       <c r="S34" s="7"/>
     </row>
     <row r="35" spans="1:19">
       <c r="A35" s="7">
         <v>50</v>
       </c>
       <c r="B35" s="12" t="s">
         <v>57</v>
       </c>
       <c r="C35" s="13"/>
       <c r="D35" s="13"/>
       <c r="E35" s="13"/>
       <c r="F35" s="14"/>