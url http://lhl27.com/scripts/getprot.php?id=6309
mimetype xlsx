--- v0 (2025-12-07)
+++ v1 (2026-03-05)
@@ -135,84 +135,84 @@
   <si>
     <t>Третьяков Александр</t>
   </si>
   <si>
     <t>Кириченко Антон</t>
   </si>
   <si>
     <t>Болоцкий Александр</t>
   </si>
   <si>
     <t>Базив Богдан</t>
   </si>
   <si>
     <t>Фисенко Сергей</t>
   </si>
   <si>
     <t>Ключевской Роман</t>
   </si>
   <si>
     <t>Вервейко Андрей</t>
   </si>
   <si>
     <t>Чайкин Валерий</t>
   </si>
   <si>
-    <t>Степанов Владимир</t>
+    <t>Буслаев Василий</t>
   </si>
   <si>
     <t>Жульмагамбетов Сергей</t>
   </si>
   <si>
-    <t>Буслаев Василий</t>
-[...1 lines deleted...]
-  <si>
     <t>Бессмертный Сергей</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
-    <t>Шехматов Сергей</t>
-[...4 lines deleted...]
-  <si>
     <t>Солоха Виктор</t>
   </si>
   <si>
     <t>Григоров Сергей</t>
   </si>
   <si>
     <t>Непомнящий Виталий</t>
   </si>
   <si>
     <t>Курдыш Андрей</t>
   </si>
   <si>
     <t>Ермаков Дмитрий</t>
+  </si>
+  <si>
+    <t>Дроздов Владислав</t>
+  </si>
+  <si>
+    <t>Родионов Сергей</t>
+  </si>
+  <si>
+    <t>Гутик Сергей</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Барсы»</t>
   </si>
   <si>
     <t>Василовский Константин</t>
   </si>
   <si>
     <t>14-27</t>
   </si>
   <si>
     <t>Хоменко Евгений</t>
   </si>
   <si>
     <t>29-43</t>
   </si>
   <si>
     <t>Поляков Степан</t>
   </si>
@@ -1286,311 +1286,311 @@
       <c r="H15" s="6"/>
       <c r="I15" s="6"/>
       <c r="J15" s="6"/>
       <c r="K15" s="6"/>
       <c r="L15" s="6"/>
       <c r="M15" s="8"/>
       <c r="N15" s="6"/>
       <c r="O15" s="6"/>
       <c r="P15" s="6"/>
       <c r="Q15" s="6"/>
       <c r="R15" s="6"/>
       <c r="S15" s="6"/>
     </row>
     <row r="16" spans="1:19">
       <c r="A16" s="5">
         <v>25</v>
       </c>
       <c r="B16" s="12" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="13"/>
       <c r="D16" s="13"/>
       <c r="E16" s="13"/>
       <c r="F16" s="14"/>
       <c r="G16" s="5" t="s">
-        <v>22</v>
+        <v>29</v>
       </c>
       <c r="H16" s="6"/>
       <c r="I16" s="6"/>
       <c r="J16" s="6"/>
       <c r="K16" s="6"/>
       <c r="L16" s="6"/>
       <c r="M16" s="8"/>
       <c r="N16" s="6"/>
       <c r="O16" s="6"/>
       <c r="P16" s="6"/>
       <c r="Q16" s="6"/>
       <c r="R16" s="6"/>
       <c r="S16" s="6"/>
     </row>
     <row r="17" spans="1:19">
       <c r="A17" s="5">
         <v>27</v>
       </c>
       <c r="B17" s="12" t="s">
         <v>40</v>
       </c>
       <c r="C17" s="13"/>
       <c r="D17" s="13"/>
       <c r="E17" s="13"/>
       <c r="F17" s="14"/>
       <c r="G17" s="5" t="s">
         <v>29</v>
       </c>
       <c r="H17" s="6"/>
       <c r="I17" s="6"/>
       <c r="J17" s="6"/>
       <c r="K17" s="6"/>
       <c r="L17" s="6"/>
       <c r="M17" s="8"/>
       <c r="N17" s="6"/>
       <c r="O17" s="6"/>
       <c r="P17" s="6"/>
       <c r="Q17" s="6"/>
       <c r="R17" s="6"/>
       <c r="S17" s="6"/>
     </row>
     <row r="18" spans="1:19">
       <c r="A18" s="5">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="B18" s="12" t="s">
         <v>41</v>
       </c>
       <c r="C18" s="13"/>
       <c r="D18" s="13"/>
       <c r="E18" s="13"/>
       <c r="F18" s="14"/>
       <c r="G18" s="5" t="s">
-        <v>29</v>
+        <v>42</v>
       </c>
       <c r="H18" s="6"/>
       <c r="I18" s="6"/>
       <c r="J18" s="6"/>
       <c r="K18" s="6"/>
       <c r="L18" s="6"/>
       <c r="M18" s="8"/>
       <c r="N18" s="6"/>
       <c r="O18" s="6"/>
       <c r="P18" s="6"/>
       <c r="Q18" s="6"/>
       <c r="R18" s="6"/>
       <c r="S18" s="6"/>
     </row>
     <row r="19" spans="1:19">
       <c r="A19" s="5">
-        <v>30</v>
+        <v>47</v>
       </c>
       <c r="B19" s="12" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C19" s="13"/>
       <c r="D19" s="13"/>
       <c r="E19" s="13"/>
       <c r="F19" s="14"/>
       <c r="G19" s="5" t="s">
-        <v>43</v>
+        <v>29</v>
       </c>
       <c r="H19" s="6"/>
       <c r="I19" s="6"/>
       <c r="J19" s="6"/>
       <c r="K19" s="6"/>
       <c r="L19" s="6"/>
       <c r="M19" s="8"/>
       <c r="N19" s="6"/>
       <c r="O19" s="6"/>
       <c r="P19" s="6"/>
       <c r="Q19" s="6"/>
       <c r="R19" s="6"/>
       <c r="S19" s="6"/>
     </row>
     <row r="20" spans="1:19">
       <c r="A20" s="5">
-        <v>32</v>
+        <v>52</v>
       </c>
       <c r="B20" s="12" t="s">
         <v>44</v>
       </c>
       <c r="C20" s="13"/>
       <c r="D20" s="13"/>
       <c r="E20" s="13"/>
       <c r="F20" s="14"/>
       <c r="G20" s="5" t="s">
-        <v>22</v>
+        <v>29</v>
       </c>
       <c r="H20" s="6"/>
       <c r="I20" s="6"/>
       <c r="J20" s="6"/>
       <c r="K20" s="6"/>
       <c r="L20" s="6"/>
       <c r="M20" s="8"/>
       <c r="N20" s="6"/>
       <c r="O20" s="6"/>
       <c r="P20" s="6"/>
       <c r="Q20" s="6"/>
       <c r="R20" s="6"/>
       <c r="S20" s="6"/>
     </row>
     <row r="21" spans="1:19">
       <c r="A21" s="5">
-        <v>42</v>
+        <v>57</v>
       </c>
       <c r="B21" s="12" t="s">
         <v>45</v>
       </c>
       <c r="C21" s="13"/>
       <c r="D21" s="13"/>
       <c r="E21" s="13"/>
       <c r="F21" s="14"/>
       <c r="G21" s="5" t="s">
-        <v>29</v>
+        <v>22</v>
       </c>
       <c r="H21" s="6"/>
       <c r="I21" s="6"/>
       <c r="J21" s="6"/>
       <c r="K21" s="6"/>
       <c r="L21" s="6"/>
       <c r="M21" s="8"/>
       <c r="N21" s="6"/>
       <c r="O21" s="6"/>
       <c r="P21" s="6"/>
       <c r="Q21" s="6"/>
       <c r="R21" s="6"/>
       <c r="S21" s="6"/>
     </row>
     <row r="22" spans="1:19">
       <c r="A22" s="5">
-        <v>47</v>
+        <v>61</v>
       </c>
       <c r="B22" s="12" t="s">
         <v>46</v>
       </c>
       <c r="C22" s="13"/>
       <c r="D22" s="13"/>
       <c r="E22" s="13"/>
       <c r="F22" s="14"/>
       <c r="G22" s="5" t="s">
         <v>29</v>
       </c>
       <c r="H22" s="6"/>
       <c r="I22" s="6"/>
       <c r="J22" s="6"/>
       <c r="K22" s="6"/>
       <c r="L22" s="6"/>
       <c r="M22" s="8"/>
       <c r="N22" s="6"/>
       <c r="O22" s="6"/>
       <c r="P22" s="6"/>
       <c r="Q22" s="6"/>
       <c r="R22" s="6"/>
       <c r="S22" s="6"/>
     </row>
     <row r="23" spans="1:19">
       <c r="A23" s="5">
-        <v>51</v>
+        <v>71</v>
       </c>
       <c r="B23" s="12" t="s">
         <v>47</v>
       </c>
       <c r="C23" s="13"/>
       <c r="D23" s="13"/>
       <c r="E23" s="13"/>
       <c r="F23" s="14"/>
       <c r="G23" s="5" t="s">
         <v>29</v>
       </c>
       <c r="H23" s="6"/>
       <c r="I23" s="6"/>
       <c r="J23" s="6"/>
       <c r="K23" s="6"/>
       <c r="L23" s="6"/>
       <c r="M23" s="8"/>
       <c r="N23" s="6"/>
       <c r="O23" s="6"/>
       <c r="P23" s="6"/>
       <c r="Q23" s="6"/>
       <c r="R23" s="6"/>
       <c r="S23" s="6"/>
     </row>
     <row r="24" spans="1:19">
       <c r="A24" s="5">
-        <v>57</v>
+        <v>72</v>
       </c>
       <c r="B24" s="12" t="s">
         <v>48</v>
       </c>
       <c r="C24" s="13"/>
       <c r="D24" s="13"/>
       <c r="E24" s="13"/>
       <c r="F24" s="14"/>
       <c r="G24" s="5" t="s">
         <v>22</v>
       </c>
       <c r="H24" s="6"/>
       <c r="I24" s="6"/>
       <c r="J24" s="6"/>
       <c r="K24" s="6"/>
       <c r="L24" s="6"/>
       <c r="M24" s="8"/>
       <c r="N24" s="6"/>
       <c r="O24" s="6"/>
       <c r="P24" s="6"/>
       <c r="Q24" s="6"/>
       <c r="R24" s="6"/>
       <c r="S24" s="6"/>
     </row>
     <row r="25" spans="1:19">
       <c r="A25" s="10">
-        <v>61</v>
+        <v>73</v>
       </c>
       <c r="B25" s="12" t="s">
         <v>49</v>
       </c>
       <c r="C25" s="13"/>
       <c r="D25" s="13"/>
       <c r="E25" s="13"/>
       <c r="F25" s="14"/>
       <c r="G25" s="10" t="s">
-        <v>29</v>
+        <v>22</v>
       </c>
       <c r="H25" s="10"/>
       <c r="I25" s="10"/>
       <c r="J25" s="10"/>
       <c r="K25" s="10"/>
       <c r="L25" s="10"/>
       <c r="M25" s="10"/>
       <c r="N25" s="10"/>
       <c r="O25" s="10"/>
       <c r="P25" s="10"/>
       <c r="Q25" s="10"/>
       <c r="R25" s="10"/>
       <c r="S25" s="10"/>
     </row>
     <row r="26" spans="1:19">
       <c r="A26" s="5">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="B26" s="12" t="s">
         <v>50</v>
       </c>
       <c r="C26" s="13"/>
       <c r="D26" s="13"/>
       <c r="E26" s="13"/>
       <c r="F26" s="14"/>
       <c r="G26" s="5" t="s">
         <v>29</v>
       </c>
       <c r="H26" s="6"/>
       <c r="I26" s="6"/>
       <c r="J26" s="6"/>
       <c r="K26" s="6"/>
       <c r="L26" s="6"/>
       <c r="M26" s="8"/>
       <c r="N26" s="6"/>
       <c r="O26" s="6"/>
       <c r="P26" s="6"/>
       <c r="Q26" s="6"/>
       <c r="R26" s="6"/>
       <c r="S26" s="6"/>
     </row>
     <row r="27" spans="1:19">
@@ -1922,51 +1922,51 @@
       <c r="H37" s="7"/>
       <c r="I37" s="7"/>
       <c r="J37" s="7"/>
       <c r="K37" s="7"/>
       <c r="L37" s="7"/>
       <c r="M37" s="7"/>
       <c r="N37" s="7"/>
       <c r="O37" s="7"/>
       <c r="P37" s="7"/>
       <c r="Q37" s="7"/>
       <c r="R37" s="7"/>
       <c r="S37" s="7"/>
     </row>
     <row r="38" spans="1:19">
       <c r="A38" s="7">
         <v>52</v>
       </c>
       <c r="B38" s="12" t="s">
         <v>64</v>
       </c>
       <c r="C38" s="13"/>
       <c r="D38" s="13"/>
       <c r="E38" s="13"/>
       <c r="F38" s="14"/>
       <c r="G38" s="7" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="H38" s="7"/>
       <c r="I38" s="7"/>
       <c r="J38" s="7"/>
       <c r="K38" s="7"/>
       <c r="L38" s="7"/>
       <c r="M38" s="7"/>
       <c r="N38" s="7"/>
       <c r="O38" s="7"/>
       <c r="P38" s="7"/>
       <c r="Q38" s="7"/>
       <c r="R38" s="7"/>
       <c r="S38" s="7"/>
     </row>
     <row r="39" spans="1:19">
       <c r="A39" s="7">
         <v>57</v>
       </c>
       <c r="B39" s="12" t="s">
         <v>65</v>
       </c>
       <c r="C39" s="13"/>
       <c r="D39" s="13"/>
       <c r="E39" s="13"/>
       <c r="F39" s="14"/>