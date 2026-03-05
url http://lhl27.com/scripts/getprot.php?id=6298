--- v0 (2025-12-08)
+++ v1 (2026-03-05)
@@ -159,54 +159,54 @@
   <si>
     <t>Сергодеев Вячеслав</t>
   </si>
   <si>
     <t>Москалев Алексей</t>
   </si>
   <si>
     <t>Летюк Денис</t>
   </si>
   <si>
     <t>Сычев Артем</t>
   </si>
   <si>
     <t>Александров Марк</t>
   </si>
   <si>
     <t>Шерстнев Виталий</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>Дерид Сергей</t>
   </si>
   <si>
+    <t>Гончаров Алексей</t>
+  </si>
+  <si>
     <t>Заболотный Иван</t>
-  </si>
-[...1 lines deleted...]
-    <t>Гончаров Алексей</t>
   </si>
   <si>
     <t>Шалухин Бориc</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Пульсар»</t>
   </si>
   <si>
     <t>Соловьев Максим</t>
   </si>
   <si>
     <t>04-30</t>
   </si>
   <si>
     <t>10-01</t>
   </si>
   <si>
     <t>Харченко Михаил</t>
   </si>
@@ -1518,78 +1518,78 @@
       <c r="H23" s="6"/>
       <c r="I23" s="6"/>
       <c r="J23" s="6"/>
       <c r="K23" s="6"/>
       <c r="L23" s="6"/>
       <c r="M23" s="8"/>
       <c r="N23" s="6"/>
       <c r="O23" s="6"/>
       <c r="P23" s="6"/>
       <c r="Q23" s="6"/>
       <c r="R23" s="6"/>
       <c r="S23" s="6"/>
     </row>
     <row r="24" spans="1:19">
       <c r="A24" s="5">
         <v>89</v>
       </c>
       <c r="B24" s="12" t="s">
         <v>47</v>
       </c>
       <c r="C24" s="13"/>
       <c r="D24" s="13"/>
       <c r="E24" s="13"/>
       <c r="F24" s="14"/>
       <c r="G24" s="5" t="s">
-        <v>22</v>
+        <v>45</v>
       </c>
       <c r="H24" s="6"/>
       <c r="I24" s="6"/>
       <c r="J24" s="6"/>
       <c r="K24" s="6"/>
       <c r="L24" s="6"/>
       <c r="M24" s="8"/>
       <c r="N24" s="6"/>
       <c r="O24" s="6"/>
       <c r="P24" s="6"/>
       <c r="Q24" s="6"/>
       <c r="R24" s="6"/>
       <c r="S24" s="6"/>
     </row>
     <row r="25" spans="1:19">
       <c r="A25" s="10">
         <v>89</v>
       </c>
       <c r="B25" s="12" t="s">
         <v>48</v>
       </c>
       <c r="C25" s="13"/>
       <c r="D25" s="13"/>
       <c r="E25" s="13"/>
       <c r="F25" s="14"/>
       <c r="G25" s="10" t="s">
-        <v>45</v>
+        <v>22</v>
       </c>
       <c r="H25" s="10"/>
       <c r="I25" s="10"/>
       <c r="J25" s="10"/>
       <c r="K25" s="10"/>
       <c r="L25" s="10"/>
       <c r="M25" s="10"/>
       <c r="N25" s="10"/>
       <c r="O25" s="10"/>
       <c r="P25" s="10"/>
       <c r="Q25" s="10"/>
       <c r="R25" s="10"/>
       <c r="S25" s="10"/>
     </row>
     <row r="26" spans="1:19">
       <c r="A26" s="5">
         <v>97</v>
       </c>
       <c r="B26" s="12" t="s">
         <v>49</v>
       </c>
       <c r="C26" s="13"/>
       <c r="D26" s="13"/>
       <c r="E26" s="13"/>
       <c r="F26" s="14"/>