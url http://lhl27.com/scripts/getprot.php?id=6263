--- v0 (2025-12-08)
+++ v1 (2026-03-03)
@@ -1649,51 +1649,51 @@
       <c r="P29" s="7" t="s">
         <v>17</v>
       </c>
       <c r="Q29" s="7" t="s">
         <v>18</v>
       </c>
       <c r="R29" s="7" t="s">
         <v>19</v>
       </c>
       <c r="S29" s="7" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="30" spans="1:19">
       <c r="A30" s="7">
         <v>30</v>
       </c>
       <c r="B30" s="12" t="s">
         <v>55</v>
       </c>
       <c r="C30" s="13"/>
       <c r="D30" s="13"/>
       <c r="E30" s="13"/>
       <c r="F30" s="14"/>
       <c r="G30" s="7" t="s">
-        <v>35</v>
+        <v>22</v>
       </c>
       <c r="H30" s="7"/>
       <c r="I30" s="7"/>
       <c r="J30" s="7"/>
       <c r="K30" s="7"/>
       <c r="L30" s="7"/>
       <c r="M30" s="7"/>
       <c r="N30" s="7"/>
       <c r="O30" s="7"/>
       <c r="P30" s="7"/>
       <c r="Q30" s="7"/>
       <c r="R30" s="7"/>
       <c r="S30" s="7"/>
     </row>
     <row r="31" spans="1:19">
       <c r="A31" s="7"/>
       <c r="B31" s="12"/>
       <c r="C31" s="13"/>
       <c r="D31" s="13"/>
       <c r="E31" s="13"/>
       <c r="F31" s="14"/>
       <c r="G31" s="7"/>
       <c r="H31" s="7"/>
       <c r="I31" s="7"/>
       <c r="J31" s="7"/>