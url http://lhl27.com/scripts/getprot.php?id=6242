--- v0 (2026-03-04)
+++ v1 (2026-03-04)
@@ -123,54 +123,54 @@
   <si>
     <t>14-01</t>
   </si>
   <si>
     <t>39-35</t>
   </si>
   <si>
     <t>Заикин Илья</t>
   </si>
   <si>
     <t>Гутов Иван</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>Трофимович Дмитрий</t>
   </si>
   <si>
     <t>43-50</t>
   </si>
   <si>
     <t>Грициенко Ростислав</t>
   </si>
   <si>
+    <t>Ащеулов Александр</t>
+  </si>
+  <si>
     <t>Чжан-Цзы-Фа Максим</t>
-  </si>
-[...1 lines deleted...]
-    <t>Ащеулов Александр</t>
   </si>
   <si>
     <t>Лебедев Дмитрий</t>
   </si>
   <si>
     <t>Пешков Алексей</t>
   </si>
   <si>
     <t>Якимов Виталий</t>
   </si>
   <si>
     <t>Ромашков Ярослав</t>
   </si>
   <si>
     <t>Ершов Илья</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Полиметалл»</t>
   </si>