--- v0 (2025-12-08)
+++ v1 (2026-03-04)
@@ -105,75 +105,75 @@
   <si>
     <t>Сташкевич Кирилл</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>36:10</t>
   </si>
   <si>
     <t>12:47</t>
   </si>
   <si>
     <t>Елисеев Никита</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>44:52</t>
   </si>
   <si>
     <t>17:29</t>
   </si>
   <si>
+    <t>Бальбуза Дмитрий</t>
+  </si>
+  <si>
+    <t>24:08</t>
+  </si>
+  <si>
     <t>Лебедев Дмитрий</t>
   </si>
   <si>
-    <t>24:08</t>
-[...1 lines deleted...]
-  <si>
     <t>Чернов Анатолий</t>
   </si>
   <si>
     <t>Швец Никита</t>
   </si>
   <si>
     <t>Карпушкин Константин</t>
   </si>
   <si>
     <t>Кормилицын Константин</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>Качесов Олег</t>
-  </si>
-[...1 lines deleted...]
-    <t>Бальбуза Дмитрий</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «ДВГАФК»</t>
   </si>
   <si>
     <t>Шеханин Максим</t>
   </si>
   <si>
     <t>04:11</t>
   </si>
   <si>
     <t>01:40</t>
   </si>
   <si>
     <t>Михеев Иван</t>
   </si>
   <si>
     <t>13:44</t>
   </si>
@@ -1014,231 +1014,231 @@
         <v>52</v>
       </c>
       <c r="L6" s="6">
         <v>98</v>
       </c>
       <c r="M6" s="8">
         <v>0</v>
       </c>
       <c r="N6" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O6" s="6">
         <v>86</v>
       </c>
       <c r="P6" s="6">
         <v>2</v>
       </c>
       <c r="Q6" s="6">
         <v>9</v>
       </c>
       <c r="R6" s="6"/>
       <c r="S6" s="6"/>
     </row>
     <row r="7" spans="1:19">
       <c r="A7" s="5">
-        <v>47</v>
+        <v>15</v>
       </c>
       <c r="B7" s="12" t="s">
         <v>29</v>
       </c>
       <c r="C7" s="13"/>
       <c r="D7" s="13"/>
       <c r="E7" s="13"/>
       <c r="F7" s="14"/>
       <c r="G7" s="5" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="H7" s="6"/>
       <c r="I7" s="6"/>
       <c r="J7" s="6"/>
       <c r="K7" s="6"/>
       <c r="L7" s="6"/>
       <c r="M7" s="8"/>
       <c r="N7" s="6" t="s">
         <v>30</v>
       </c>
       <c r="O7" s="6">
         <v>97</v>
       </c>
       <c r="P7" s="6">
         <v>2</v>
       </c>
       <c r="Q7" s="6">
         <v>15</v>
       </c>
       <c r="R7" s="6"/>
       <c r="S7" s="6"/>
     </row>
     <row r="8" spans="1:19">
       <c r="A8" s="5">
-        <v>52</v>
+        <v>47</v>
       </c>
       <c r="B8" s="12" t="s">
         <v>31</v>
       </c>
       <c r="C8" s="13"/>
       <c r="D8" s="13"/>
       <c r="E8" s="13"/>
       <c r="F8" s="14"/>
       <c r="G8" s="5" t="s">
         <v>22</v>
       </c>
       <c r="H8" s="6"/>
       <c r="I8" s="6"/>
       <c r="J8" s="6"/>
       <c r="K8" s="6"/>
       <c r="L8" s="6"/>
       <c r="M8" s="8"/>
       <c r="N8" s="6"/>
       <c r="O8" s="6"/>
       <c r="P8" s="6"/>
       <c r="Q8" s="6"/>
       <c r="R8" s="6"/>
       <c r="S8" s="6"/>
     </row>
     <row r="9" spans="1:19">
       <c r="A9" s="5">
-        <v>62</v>
+        <v>52</v>
       </c>
       <c r="B9" s="12" t="s">
         <v>32</v>
       </c>
       <c r="C9" s="13"/>
       <c r="D9" s="13"/>
       <c r="E9" s="13"/>
       <c r="F9" s="14"/>
       <c r="G9" s="5" t="s">
         <v>22</v>
       </c>
       <c r="H9" s="6"/>
       <c r="I9" s="6"/>
       <c r="J9" s="6"/>
       <c r="K9" s="6"/>
       <c r="L9" s="6"/>
       <c r="M9" s="8"/>
       <c r="N9" s="6"/>
       <c r="O9" s="6"/>
       <c r="P9" s="6"/>
       <c r="Q9" s="6"/>
       <c r="R9" s="6"/>
       <c r="S9" s="6"/>
     </row>
     <row r="10" spans="1:19">
       <c r="A10" s="5">
-        <v>86</v>
+        <v>62</v>
       </c>
       <c r="B10" s="12" t="s">
         <v>33</v>
       </c>
       <c r="C10" s="13"/>
       <c r="D10" s="13"/>
       <c r="E10" s="13"/>
       <c r="F10" s="14"/>
       <c r="G10" s="5" t="s">
         <v>22</v>
       </c>
       <c r="H10" s="6"/>
       <c r="I10" s="6"/>
       <c r="J10" s="6"/>
       <c r="K10" s="6"/>
       <c r="L10" s="6"/>
       <c r="M10" s="8"/>
       <c r="N10" s="6"/>
       <c r="O10" s="6"/>
       <c r="P10" s="6"/>
       <c r="Q10" s="6"/>
       <c r="R10" s="6"/>
       <c r="S10" s="6"/>
     </row>
     <row r="11" spans="1:19">
       <c r="A11" s="5">
-        <v>94</v>
+        <v>86</v>
       </c>
       <c r="B11" s="12" t="s">
         <v>34</v>
       </c>
       <c r="C11" s="13"/>
       <c r="D11" s="13"/>
       <c r="E11" s="13"/>
       <c r="F11" s="14"/>
       <c r="G11" s="5" t="s">
-        <v>35</v>
+        <v>22</v>
       </c>
       <c r="H11" s="6"/>
       <c r="I11" s="6"/>
       <c r="J11" s="6"/>
       <c r="K11" s="6"/>
       <c r="L11" s="6"/>
       <c r="M11" s="8"/>
       <c r="N11" s="6"/>
       <c r="O11" s="6"/>
       <c r="P11" s="6"/>
       <c r="Q11" s="6"/>
       <c r="R11" s="6"/>
       <c r="S11" s="6"/>
     </row>
     <row r="12" spans="1:19">
       <c r="A12" s="5">
-        <v>97</v>
+        <v>94</v>
       </c>
       <c r="B12" s="12" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="C12" s="13"/>
       <c r="D12" s="13"/>
       <c r="E12" s="13"/>
       <c r="F12" s="14"/>
       <c r="G12" s="5" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="H12" s="6"/>
       <c r="I12" s="6"/>
       <c r="J12" s="6"/>
       <c r="K12" s="6"/>
       <c r="L12" s="6"/>
       <c r="M12" s="8"/>
       <c r="N12" s="6"/>
       <c r="O12" s="6"/>
       <c r="P12" s="6"/>
       <c r="Q12" s="6"/>
       <c r="R12" s="6"/>
       <c r="S12" s="6"/>
     </row>
     <row r="13" spans="1:19">
       <c r="A13" s="5">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="B13" s="12" t="s">
         <v>37</v>
       </c>
       <c r="C13" s="13"/>
       <c r="D13" s="13"/>
       <c r="E13" s="13"/>
       <c r="F13" s="14"/>
       <c r="G13" s="5" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="H13" s="6"/>
       <c r="I13" s="6"/>
       <c r="J13" s="6"/>
       <c r="K13" s="6"/>
       <c r="L13" s="6"/>
       <c r="M13" s="8"/>
       <c r="N13" s="6"/>
       <c r="O13" s="6"/>
       <c r="P13" s="6"/>
       <c r="Q13" s="6"/>
       <c r="R13" s="6"/>
       <c r="S13" s="6"/>
     </row>
     <row r="14" spans="1:19">
       <c r="A14" s="5"/>
       <c r="B14" s="12"/>
       <c r="C14" s="13"/>
       <c r="D14" s="13"/>
       <c r="E14" s="13"/>
       <c r="F14" s="14"/>
       <c r="G14" s="5"/>
       <c r="H14" s="6"/>
       <c r="I14" s="6"/>
       <c r="J14" s="6"/>
@@ -2097,51 +2097,51 @@
       <c r="H43" s="7"/>
       <c r="I43" s="7"/>
       <c r="J43" s="7"/>
       <c r="K43" s="7"/>
       <c r="L43" s="7"/>
       <c r="M43" s="7"/>
       <c r="N43" s="7"/>
       <c r="O43" s="7"/>
       <c r="P43" s="7"/>
       <c r="Q43" s="7"/>
       <c r="R43" s="7"/>
       <c r="S43" s="7"/>
     </row>
     <row r="44" spans="1:19">
       <c r="A44" s="7">
         <v>96</v>
       </c>
       <c r="B44" s="12" t="s">
         <v>66</v>
       </c>
       <c r="C44" s="13"/>
       <c r="D44" s="13"/>
       <c r="E44" s="13"/>
       <c r="F44" s="14"/>
       <c r="G44" s="7" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="H44" s="7"/>
       <c r="I44" s="7"/>
       <c r="J44" s="7"/>
       <c r="K44" s="7"/>
       <c r="L44" s="7"/>
       <c r="M44" s="7"/>
       <c r="N44" s="7"/>
       <c r="O44" s="7"/>
       <c r="P44" s="7"/>
       <c r="Q44" s="7"/>
       <c r="R44" s="7"/>
       <c r="S44" s="7"/>
     </row>
     <row r="45" spans="1:19">
       <c r="A45" s="7">
         <v>100</v>
       </c>
       <c r="B45" s="12" t="s">
         <v>67</v>
       </c>
       <c r="C45" s="13"/>
       <c r="D45" s="13"/>
       <c r="E45" s="13"/>
       <c r="F45" s="14"/>