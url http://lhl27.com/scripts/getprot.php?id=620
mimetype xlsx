--- v0 (2025-12-10)
+++ v1 (2026-03-04)
@@ -126,59 +126,59 @@
   <si>
     <t>18:00</t>
   </si>
   <si>
     <t>21:04</t>
   </si>
   <si>
     <t>Горнов Владимир</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>28:55</t>
   </si>
   <si>
     <t>Базив Богдан</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>40:33</t>
   </si>
   <si>
+    <t>Тучин Иван</t>
+  </si>
+  <si>
+    <t>Нп</t>
+  </si>
+  <si>
     <t>Миронов Дмитрий</t>
   </si>
   <si>
-    <t>Тучин Иван</t>
-[...4 lines deleted...]
-  <si>
     <t>Жульмагамбетов Сергей</t>
   </si>
   <si>
     <t>Чинарев Андрей</t>
   </si>
   <si>
     <t>Солоха Виктор</t>
   </si>
   <si>
     <t>Непомнящий Виталий</t>
   </si>
   <si>
     <t>Ермаков Дмитрий</t>
   </si>
   <si>
     <t>Родионов Сергей</t>
   </si>
   <si>
     <t>Гутик Сергей</t>
   </si>
   <si>
     <t>Гончаров Иван</t>
   </si>
   <si>
     <t>Грудинин Константин</t>
@@ -204,90 +204,90 @@
   <si>
     <t>8:43</t>
   </si>
   <si>
     <t>22:00</t>
   </si>
   <si>
     <t>Агапов Виктор</t>
   </si>
   <si>
     <t>32:30</t>
   </si>
   <si>
     <t>Долбенко Михаил</t>
   </si>
   <si>
     <t>35:57</t>
   </si>
   <si>
     <t>Бабич Илья</t>
   </si>
   <si>
     <t>Щукин Максим</t>
   </si>
   <si>
+    <t>Катрич Дмитрий</t>
+  </si>
+  <si>
     <t>Бережных Анатолий</t>
   </si>
   <si>
-    <t>Катрич Дмитрий</t>
-[...1 lines deleted...]
-  <si>
     <t>Веремейчик Вячеслав</t>
   </si>
   <si>
     <t>Миронов Виктор</t>
   </si>
   <si>
     <t>Ключников Андрей</t>
   </si>
   <si>
     <t>Лебедев Юрий</t>
   </si>
   <si>
     <t>Чеклуев Сергей</t>
   </si>
   <si>
     <t>Семендяев Евгений</t>
   </si>
   <si>
     <t>Колбин Алексей</t>
   </si>
   <si>
     <t>Шиповалов Евгений</t>
   </si>
   <si>
     <t>Уваров Василий</t>
   </si>
   <si>
     <t>Большаков Артем</t>
   </si>
   <si>
+    <t>Ромашкин Евгений</t>
+  </si>
+  <si>
     <t>Королев Александр</t>
-  </si>
-[...1 lines deleted...]
-    <t>Ромашкин Евгений</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="7">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1175,105 +1175,105 @@
       </c>
       <c r="O10" s="6">
         <v>27</v>
       </c>
       <c r="P10" s="6">
         <v>2</v>
       </c>
       <c r="Q10" s="6">
         <v>5</v>
       </c>
       <c r="R10" s="6"/>
       <c r="S10" s="6"/>
     </row>
     <row r="11" spans="1:19">
       <c r="A11" s="5">
         <v>24</v>
       </c>
       <c r="B11" s="12" t="s">
         <v>36</v>
       </c>
       <c r="C11" s="13"/>
       <c r="D11" s="13"/>
       <c r="E11" s="13"/>
       <c r="F11" s="14"/>
       <c r="G11" s="5" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="H11" s="6"/>
       <c r="I11" s="6"/>
       <c r="J11" s="6"/>
       <c r="K11" s="6"/>
       <c r="L11" s="6"/>
       <c r="M11" s="8"/>
       <c r="N11" s="6"/>
       <c r="O11" s="6"/>
       <c r="P11" s="6"/>
       <c r="Q11" s="6"/>
       <c r="R11" s="6"/>
       <c r="S11" s="6"/>
     </row>
     <row r="12" spans="1:19">
       <c r="A12" s="5">
         <v>24</v>
       </c>
       <c r="B12" s="12" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C12" s="13"/>
       <c r="D12" s="13"/>
       <c r="E12" s="13"/>
       <c r="F12" s="14"/>
       <c r="G12" s="5" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="H12" s="6"/>
       <c r="I12" s="6"/>
       <c r="J12" s="6"/>
       <c r="K12" s="6"/>
       <c r="L12" s="6"/>
       <c r="M12" s="8"/>
       <c r="N12" s="6"/>
       <c r="O12" s="6"/>
       <c r="P12" s="6"/>
       <c r="Q12" s="6"/>
       <c r="R12" s="6"/>
       <c r="S12" s="6"/>
     </row>
     <row r="13" spans="1:19">
       <c r="A13" s="5">
         <v>27</v>
       </c>
       <c r="B13" s="12" t="s">
         <v>39</v>
       </c>
       <c r="C13" s="13"/>
       <c r="D13" s="13"/>
       <c r="E13" s="13"/>
       <c r="F13" s="14"/>
       <c r="G13" s="5" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="H13" s="6"/>
       <c r="I13" s="6"/>
       <c r="J13" s="6"/>
       <c r="K13" s="6"/>
       <c r="L13" s="6"/>
       <c r="M13" s="8"/>
       <c r="N13" s="6"/>
       <c r="O13" s="6"/>
       <c r="P13" s="6"/>
       <c r="Q13" s="6"/>
       <c r="R13" s="6"/>
       <c r="S13" s="6"/>
     </row>
     <row r="14" spans="1:19">
       <c r="A14" s="5">
         <v>32</v>
       </c>
       <c r="B14" s="12" t="s">
         <v>40</v>
       </c>
       <c r="C14" s="13"/>
       <c r="D14" s="13"/>
       <c r="E14" s="13"/>
       <c r="F14" s="14"/>
@@ -1283,51 +1283,51 @@
       <c r="H14" s="6"/>
       <c r="I14" s="6"/>
       <c r="J14" s="6"/>
       <c r="K14" s="6"/>
       <c r="L14" s="6"/>
       <c r="M14" s="8"/>
       <c r="N14" s="6"/>
       <c r="O14" s="6"/>
       <c r="P14" s="6"/>
       <c r="Q14" s="6"/>
       <c r="R14" s="6"/>
       <c r="S14" s="6"/>
     </row>
     <row r="15" spans="1:19">
       <c r="A15" s="5">
         <v>47</v>
       </c>
       <c r="B15" s="12" t="s">
         <v>41</v>
       </c>
       <c r="C15" s="13"/>
       <c r="D15" s="13"/>
       <c r="E15" s="13"/>
       <c r="F15" s="14"/>
       <c r="G15" s="5" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="H15" s="6"/>
       <c r="I15" s="6"/>
       <c r="J15" s="6"/>
       <c r="K15" s="6"/>
       <c r="L15" s="6"/>
       <c r="M15" s="8"/>
       <c r="N15" s="6"/>
       <c r="O15" s="6"/>
       <c r="P15" s="6"/>
       <c r="Q15" s="6"/>
       <c r="R15" s="6"/>
       <c r="S15" s="6"/>
     </row>
     <row r="16" spans="1:19">
       <c r="A16" s="5">
         <v>57</v>
       </c>
       <c r="B16" s="12" t="s">
         <v>42</v>
       </c>
       <c r="C16" s="13"/>
       <c r="D16" s="13"/>
       <c r="E16" s="13"/>
       <c r="F16" s="14"/>
@@ -1337,51 +1337,51 @@
       <c r="H16" s="6"/>
       <c r="I16" s="6"/>
       <c r="J16" s="6"/>
       <c r="K16" s="6"/>
       <c r="L16" s="6"/>
       <c r="M16" s="8"/>
       <c r="N16" s="6"/>
       <c r="O16" s="6"/>
       <c r="P16" s="6"/>
       <c r="Q16" s="6"/>
       <c r="R16" s="6"/>
       <c r="S16" s="6"/>
     </row>
     <row r="17" spans="1:19">
       <c r="A17" s="5">
         <v>71</v>
       </c>
       <c r="B17" s="12" t="s">
         <v>43</v>
       </c>
       <c r="C17" s="13"/>
       <c r="D17" s="13"/>
       <c r="E17" s="13"/>
       <c r="F17" s="14"/>
       <c r="G17" s="5" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="H17" s="6"/>
       <c r="I17" s="6"/>
       <c r="J17" s="6"/>
       <c r="K17" s="6"/>
       <c r="L17" s="6"/>
       <c r="M17" s="8"/>
       <c r="N17" s="6"/>
       <c r="O17" s="6"/>
       <c r="P17" s="6"/>
       <c r="Q17" s="6"/>
       <c r="R17" s="6"/>
       <c r="S17" s="6"/>
     </row>
     <row r="18" spans="1:19">
       <c r="A18" s="5">
         <v>73</v>
       </c>
       <c r="B18" s="12" t="s">
         <v>44</v>
       </c>
       <c r="C18" s="13"/>
       <c r="D18" s="13"/>
       <c r="E18" s="13"/>
       <c r="F18" s="14"/>
@@ -1391,78 +1391,78 @@
       <c r="H18" s="6"/>
       <c r="I18" s="6"/>
       <c r="J18" s="6"/>
       <c r="K18" s="6"/>
       <c r="L18" s="6"/>
       <c r="M18" s="8"/>
       <c r="N18" s="6"/>
       <c r="O18" s="6"/>
       <c r="P18" s="6"/>
       <c r="Q18" s="6"/>
       <c r="R18" s="6"/>
       <c r="S18" s="6"/>
     </row>
     <row r="19" spans="1:19">
       <c r="A19" s="5">
         <v>78</v>
       </c>
       <c r="B19" s="12" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="13"/>
       <c r="D19" s="13"/>
       <c r="E19" s="13"/>
       <c r="F19" s="14"/>
       <c r="G19" s="5" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="H19" s="6"/>
       <c r="I19" s="6"/>
       <c r="J19" s="6"/>
       <c r="K19" s="6"/>
       <c r="L19" s="6"/>
       <c r="M19" s="8"/>
       <c r="N19" s="6"/>
       <c r="O19" s="6"/>
       <c r="P19" s="6"/>
       <c r="Q19" s="6"/>
       <c r="R19" s="6"/>
       <c r="S19" s="6"/>
     </row>
     <row r="20" spans="1:19">
       <c r="A20" s="5">
         <v>85</v>
       </c>
       <c r="B20" s="12" t="s">
         <v>46</v>
       </c>
       <c r="C20" s="13"/>
       <c r="D20" s="13"/>
       <c r="E20" s="13"/>
       <c r="F20" s="14"/>
       <c r="G20" s="5" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="H20" s="6"/>
       <c r="I20" s="6"/>
       <c r="J20" s="6"/>
       <c r="K20" s="6"/>
       <c r="L20" s="6"/>
       <c r="M20" s="8"/>
       <c r="N20" s="6"/>
       <c r="O20" s="6"/>
       <c r="P20" s="6"/>
       <c r="Q20" s="6"/>
       <c r="R20" s="6"/>
       <c r="S20" s="6"/>
     </row>
     <row r="21" spans="1:19">
       <c r="A21" s="5">
         <v>85</v>
       </c>
       <c r="B21" s="12" t="s">
         <v>47</v>
       </c>
       <c r="C21" s="13"/>
       <c r="D21" s="13"/>
       <c r="E21" s="13"/>
       <c r="F21" s="14"/>
@@ -1499,51 +1499,51 @@
       <c r="H22" s="6"/>
       <c r="I22" s="6"/>
       <c r="J22" s="6"/>
       <c r="K22" s="6"/>
       <c r="L22" s="6"/>
       <c r="M22" s="8"/>
       <c r="N22" s="6"/>
       <c r="O22" s="6"/>
       <c r="P22" s="6"/>
       <c r="Q22" s="6"/>
       <c r="R22" s="6"/>
       <c r="S22" s="6"/>
     </row>
     <row r="23" spans="1:19">
       <c r="A23" s="5">
         <v>89</v>
       </c>
       <c r="B23" s="12" t="s">
         <v>49</v>
       </c>
       <c r="C23" s="13"/>
       <c r="D23" s="13"/>
       <c r="E23" s="13"/>
       <c r="F23" s="14"/>
       <c r="G23" s="5" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="H23" s="6"/>
       <c r="I23" s="6"/>
       <c r="J23" s="6"/>
       <c r="K23" s="6"/>
       <c r="L23" s="6"/>
       <c r="M23" s="8"/>
       <c r="N23" s="6"/>
       <c r="O23" s="6"/>
       <c r="P23" s="6"/>
       <c r="Q23" s="6"/>
       <c r="R23" s="6"/>
       <c r="S23" s="6"/>
     </row>
     <row r="24" spans="1:19">
       <c r="A24" s="5">
         <v>91</v>
       </c>
       <c r="B24" s="12" t="s">
         <v>50</v>
       </c>
       <c r="C24" s="13"/>
       <c r="D24" s="13"/>
       <c r="E24" s="13"/>
       <c r="F24" s="14"/>
@@ -1741,51 +1741,51 @@
       </c>
       <c r="O30" s="7">
         <v>71</v>
       </c>
       <c r="P30" s="7">
         <v>2</v>
       </c>
       <c r="Q30" s="7">
         <v>5</v>
       </c>
       <c r="R30" s="7"/>
       <c r="S30" s="7"/>
     </row>
     <row r="31" spans="1:19">
       <c r="A31" s="7">
         <v>7</v>
       </c>
       <c r="B31" s="12" t="s">
         <v>56</v>
       </c>
       <c r="C31" s="13"/>
       <c r="D31" s="13"/>
       <c r="E31" s="13"/>
       <c r="F31" s="14"/>
       <c r="G31" s="7" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="H31" s="7"/>
       <c r="I31" s="7"/>
       <c r="J31" s="7"/>
       <c r="K31" s="7"/>
       <c r="L31" s="7"/>
       <c r="M31" s="7"/>
       <c r="N31" s="7" t="s">
         <v>57</v>
       </c>
       <c r="O31" s="7">
         <v>33</v>
       </c>
       <c r="P31" s="7">
         <v>2</v>
       </c>
       <c r="Q31" s="7">
         <v>5</v>
       </c>
       <c r="R31" s="7"/>
       <c r="S31" s="7"/>
     </row>
     <row r="32" spans="1:19">
       <c r="A32" s="7">
         <v>8</v>
@@ -1811,186 +1811,186 @@
       </c>
       <c r="O32" s="7">
         <v>71</v>
       </c>
       <c r="P32" s="7">
         <v>2</v>
       </c>
       <c r="Q32" s="7">
         <v>6</v>
       </c>
       <c r="R32" s="7"/>
       <c r="S32" s="7"/>
     </row>
     <row r="33" spans="1:19">
       <c r="A33" s="7">
         <v>11</v>
       </c>
       <c r="B33" s="12" t="s">
         <v>60</v>
       </c>
       <c r="C33" s="13"/>
       <c r="D33" s="13"/>
       <c r="E33" s="13"/>
       <c r="F33" s="14"/>
       <c r="G33" s="7" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="H33" s="7"/>
       <c r="I33" s="7"/>
       <c r="J33" s="7"/>
       <c r="K33" s="7"/>
       <c r="L33" s="7"/>
       <c r="M33" s="7"/>
       <c r="N33" s="7"/>
       <c r="O33" s="7"/>
       <c r="P33" s="7"/>
       <c r="Q33" s="7"/>
       <c r="R33" s="7"/>
       <c r="S33" s="7"/>
     </row>
     <row r="34" spans="1:19">
       <c r="A34" s="7">
         <v>19</v>
       </c>
       <c r="B34" s="12" t="s">
         <v>61</v>
       </c>
       <c r="C34" s="13"/>
       <c r="D34" s="13"/>
       <c r="E34" s="13"/>
       <c r="F34" s="14"/>
       <c r="G34" s="7" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="H34" s="7"/>
       <c r="I34" s="7"/>
       <c r="J34" s="7"/>
       <c r="K34" s="7"/>
       <c r="L34" s="7"/>
       <c r="M34" s="7"/>
       <c r="N34" s="7"/>
       <c r="O34" s="7"/>
       <c r="P34" s="7"/>
       <c r="Q34" s="7"/>
       <c r="R34" s="7"/>
       <c r="S34" s="7"/>
     </row>
     <row r="35" spans="1:19">
       <c r="A35" s="7">
         <v>23</v>
       </c>
       <c r="B35" s="12" t="s">
         <v>62</v>
       </c>
       <c r="C35" s="13"/>
       <c r="D35" s="13"/>
       <c r="E35" s="13"/>
       <c r="F35" s="14"/>
       <c r="G35" s="7" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="H35" s="7"/>
       <c r="I35" s="7"/>
       <c r="J35" s="7"/>
       <c r="K35" s="7"/>
       <c r="L35" s="7"/>
       <c r="M35" s="7"/>
       <c r="N35" s="7"/>
       <c r="O35" s="7"/>
       <c r="P35" s="7"/>
       <c r="Q35" s="7"/>
       <c r="R35" s="7"/>
       <c r="S35" s="7"/>
     </row>
     <row r="36" spans="1:19">
       <c r="A36" s="7">
         <v>23</v>
       </c>
       <c r="B36" s="12" t="s">
         <v>63</v>
       </c>
       <c r="C36" s="13"/>
       <c r="D36" s="13"/>
       <c r="E36" s="13"/>
       <c r="F36" s="14"/>
       <c r="G36" s="7" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="H36" s="7"/>
       <c r="I36" s="7"/>
       <c r="J36" s="7"/>
       <c r="K36" s="7"/>
       <c r="L36" s="7"/>
       <c r="M36" s="7"/>
       <c r="N36" s="7"/>
       <c r="O36" s="7"/>
       <c r="P36" s="7"/>
       <c r="Q36" s="7"/>
       <c r="R36" s="7"/>
       <c r="S36" s="7"/>
     </row>
     <row r="37" spans="1:19">
       <c r="A37" s="7">
         <v>25</v>
       </c>
       <c r="B37" s="12" t="s">
         <v>64</v>
       </c>
       <c r="C37" s="13"/>
       <c r="D37" s="13"/>
       <c r="E37" s="13"/>
       <c r="F37" s="14"/>
       <c r="G37" s="7" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="H37" s="7"/>
       <c r="I37" s="7"/>
       <c r="J37" s="7"/>
       <c r="K37" s="7"/>
       <c r="L37" s="7"/>
       <c r="M37" s="7"/>
       <c r="N37" s="7"/>
       <c r="O37" s="7"/>
       <c r="P37" s="7"/>
       <c r="Q37" s="7"/>
       <c r="R37" s="7"/>
       <c r="S37" s="7"/>
     </row>
     <row r="38" spans="1:19">
       <c r="A38" s="7">
         <v>26</v>
       </c>
       <c r="B38" s="12" t="s">
         <v>65</v>
       </c>
       <c r="C38" s="13"/>
       <c r="D38" s="13"/>
       <c r="E38" s="13"/>
       <c r="F38" s="14"/>
       <c r="G38" s="7" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="H38" s="7"/>
       <c r="I38" s="7"/>
       <c r="J38" s="7"/>
       <c r="K38" s="7"/>
       <c r="L38" s="7"/>
       <c r="M38" s="7"/>
       <c r="N38" s="7"/>
       <c r="O38" s="7"/>
       <c r="P38" s="7"/>
       <c r="Q38" s="7"/>
       <c r="R38" s="7"/>
       <c r="S38" s="7"/>
     </row>
     <row r="39" spans="1:19">
       <c r="A39" s="7">
         <v>33</v>
       </c>
       <c r="B39" s="12" t="s">
         <v>66</v>
       </c>
       <c r="C39" s="13"/>
       <c r="D39" s="13"/>
       <c r="E39" s="13"/>
       <c r="F39" s="14"/>
@@ -2027,105 +2027,105 @@
       <c r="H40" s="7"/>
       <c r="I40" s="7"/>
       <c r="J40" s="7"/>
       <c r="K40" s="7"/>
       <c r="L40" s="7"/>
       <c r="M40" s="7"/>
       <c r="N40" s="7"/>
       <c r="O40" s="7"/>
       <c r="P40" s="7"/>
       <c r="Q40" s="7"/>
       <c r="R40" s="7"/>
       <c r="S40" s="7"/>
     </row>
     <row r="41" spans="1:19">
       <c r="A41" s="7">
         <v>71</v>
       </c>
       <c r="B41" s="12" t="s">
         <v>68</v>
       </c>
       <c r="C41" s="13"/>
       <c r="D41" s="13"/>
       <c r="E41" s="13"/>
       <c r="F41" s="14"/>
       <c r="G41" s="7" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="H41" s="7"/>
       <c r="I41" s="7"/>
       <c r="J41" s="7"/>
       <c r="K41" s="7"/>
       <c r="L41" s="7"/>
       <c r="M41" s="7"/>
       <c r="N41" s="7"/>
       <c r="O41" s="7"/>
       <c r="P41" s="7"/>
       <c r="Q41" s="7"/>
       <c r="R41" s="7"/>
       <c r="S41" s="7"/>
     </row>
     <row r="42" spans="1:19">
       <c r="A42" s="7">
         <v>71</v>
       </c>
       <c r="B42" s="12" t="s">
         <v>69</v>
       </c>
       <c r="C42" s="13"/>
       <c r="D42" s="13"/>
       <c r="E42" s="13"/>
       <c r="F42" s="14"/>
       <c r="G42" s="7" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="H42" s="7"/>
       <c r="I42" s="7"/>
       <c r="J42" s="7"/>
       <c r="K42" s="7"/>
       <c r="L42" s="7"/>
       <c r="M42" s="7"/>
       <c r="N42" s="7"/>
       <c r="O42" s="7"/>
       <c r="P42" s="7"/>
       <c r="Q42" s="7"/>
       <c r="R42" s="7"/>
       <c r="S42" s="7"/>
     </row>
     <row r="43" spans="1:19">
       <c r="A43" s="7">
         <v>72</v>
       </c>
       <c r="B43" s="12" t="s">
         <v>70</v>
       </c>
       <c r="C43" s="13"/>
       <c r="D43" s="13"/>
       <c r="E43" s="13"/>
       <c r="F43" s="14"/>
       <c r="G43" s="7" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="H43" s="7"/>
       <c r="I43" s="7"/>
       <c r="J43" s="7"/>
       <c r="K43" s="7"/>
       <c r="L43" s="7"/>
       <c r="M43" s="7"/>
       <c r="N43" s="7"/>
       <c r="O43" s="7"/>
       <c r="P43" s="7"/>
       <c r="Q43" s="7"/>
       <c r="R43" s="7"/>
       <c r="S43" s="7"/>
     </row>
     <row r="44" spans="1:19">
       <c r="A44" s="7">
         <v>78</v>
       </c>
       <c r="B44" s="12" t="s">
         <v>71</v>
       </c>
       <c r="C44" s="13"/>
       <c r="D44" s="13"/>
       <c r="E44" s="13"/>
       <c r="F44" s="14"/>
@@ -2162,105 +2162,105 @@
       <c r="H45" s="7"/>
       <c r="I45" s="7"/>
       <c r="J45" s="7"/>
       <c r="K45" s="7"/>
       <c r="L45" s="7"/>
       <c r="M45" s="7"/>
       <c r="N45" s="7"/>
       <c r="O45" s="7"/>
       <c r="P45" s="7"/>
       <c r="Q45" s="7"/>
       <c r="R45" s="7"/>
       <c r="S45" s="7"/>
     </row>
     <row r="46" spans="1:19">
       <c r="A46" s="7">
         <v>97</v>
       </c>
       <c r="B46" s="12" t="s">
         <v>73</v>
       </c>
       <c r="C46" s="13"/>
       <c r="D46" s="13"/>
       <c r="E46" s="13"/>
       <c r="F46" s="14"/>
       <c r="G46" s="7" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="H46" s="7"/>
       <c r="I46" s="7"/>
       <c r="J46" s="7"/>
       <c r="K46" s="7"/>
       <c r="L46" s="7"/>
       <c r="M46" s="7"/>
       <c r="N46" s="7"/>
       <c r="O46" s="7"/>
       <c r="P46" s="7"/>
       <c r="Q46" s="7"/>
       <c r="R46" s="7"/>
       <c r="S46" s="7"/>
     </row>
     <row r="47" spans="1:19">
       <c r="A47" s="7">
         <v>100</v>
       </c>
       <c r="B47" s="12" t="s">
         <v>74</v>
       </c>
       <c r="C47" s="13"/>
       <c r="D47" s="13"/>
       <c r="E47" s="13"/>
       <c r="F47" s="14"/>
       <c r="G47" s="7" t="s">
-        <v>31</v>
+        <v>37</v>
       </c>
       <c r="H47" s="7"/>
       <c r="I47" s="7"/>
       <c r="J47" s="7"/>
       <c r="K47" s="7"/>
       <c r="L47" s="7"/>
       <c r="M47" s="7"/>
       <c r="N47" s="7"/>
       <c r="O47" s="7"/>
       <c r="P47" s="7"/>
       <c r="Q47" s="7"/>
       <c r="R47" s="7"/>
       <c r="S47" s="7"/>
     </row>
     <row r="48" spans="1:19">
       <c r="A48" s="7">
         <v>100</v>
       </c>
       <c r="B48" s="12" t="s">
         <v>75</v>
       </c>
       <c r="C48" s="13"/>
       <c r="D48" s="13"/>
       <c r="E48" s="13"/>
       <c r="F48" s="14"/>
       <c r="G48" s="7" t="s">
-        <v>38</v>
+        <v>31</v>
       </c>
       <c r="H48" s="7"/>
       <c r="I48" s="7"/>
       <c r="J48" s="7"/>
       <c r="K48" s="7"/>
       <c r="L48" s="7"/>
       <c r="M48" s="7"/>
       <c r="N48" s="7"/>
       <c r="O48" s="7"/>
       <c r="P48" s="7"/>
       <c r="Q48" s="7"/>
       <c r="R48" s="7"/>
       <c r="S48" s="7"/>
     </row>
     <row r="49" spans="1:19">
       <c r="A49" s="7"/>
       <c r="B49" s="12"/>
       <c r="C49" s="13"/>
       <c r="D49" s="13"/>
       <c r="E49" s="13"/>
       <c r="F49" s="14"/>
       <c r="G49" s="7"/>
       <c r="H49" s="7"/>
       <c r="I49" s="7"/>
       <c r="J49" s="7"/>