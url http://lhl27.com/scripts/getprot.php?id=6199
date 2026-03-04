--- v0 (2025-12-09)
+++ v1 (2026-03-04)
@@ -147,57 +147,57 @@
   <si>
     <t>Юн Михаил</t>
   </si>
   <si>
     <t>Расщупкин Александр</t>
   </si>
   <si>
     <t>Тен Владимир</t>
   </si>
   <si>
     <t>Аникин Владислав</t>
   </si>
   <si>
     <t>Безнощенко Владимир</t>
   </si>
   <si>
     <t>Сердюков Никита</t>
   </si>
   <si>
     <t>Дроздович Дмитрий</t>
   </si>
   <si>
     <t>Пышненко Артем</t>
   </si>
   <si>
+    <t>Смирнов Алексей</t>
+  </si>
+  <si>
+    <t>Вр</t>
+  </si>
+  <si>
     <t>Смазнов Руслан</t>
-  </si>
-[...4 lines deleted...]
-    <t>Вр</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Амурские Леопарды»</t>
   </si>
   <si>
     <t>Зинатулин Сергей</t>
   </si>
   <si>
     <t>17-01</t>
   </si>
   <si>
     <t>Долгалев Роман</t>
   </si>
   <si>
     <t>Таланов Виктор</t>
   </si>
   <si>
     <t>24-50</t>
   </si>
@@ -1382,78 +1382,78 @@
       <c r="H20" s="6"/>
       <c r="I20" s="6"/>
       <c r="J20" s="6"/>
       <c r="K20" s="6"/>
       <c r="L20" s="6"/>
       <c r="M20" s="8"/>
       <c r="N20" s="6"/>
       <c r="O20" s="6"/>
       <c r="P20" s="6"/>
       <c r="Q20" s="6"/>
       <c r="R20" s="6"/>
       <c r="S20" s="6"/>
     </row>
     <row r="21" spans="1:19">
       <c r="A21" s="5">
         <v>98</v>
       </c>
       <c r="B21" s="12" t="s">
         <v>43</v>
       </c>
       <c r="C21" s="13"/>
       <c r="D21" s="13"/>
       <c r="E21" s="13"/>
       <c r="F21" s="14"/>
       <c r="G21" s="5" t="s">
-        <v>30</v>
+        <v>44</v>
       </c>
       <c r="H21" s="6"/>
       <c r="I21" s="6"/>
       <c r="J21" s="6"/>
       <c r="K21" s="6"/>
       <c r="L21" s="6"/>
       <c r="M21" s="8"/>
       <c r="N21" s="6"/>
       <c r="O21" s="6"/>
       <c r="P21" s="6"/>
       <c r="Q21" s="6"/>
       <c r="R21" s="6"/>
       <c r="S21" s="6"/>
     </row>
     <row r="22" spans="1:19">
       <c r="A22" s="5">
         <v>98</v>
       </c>
       <c r="B22" s="12" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C22" s="13"/>
       <c r="D22" s="13"/>
       <c r="E22" s="13"/>
       <c r="F22" s="14"/>
       <c r="G22" s="5" t="s">
-        <v>45</v>
+        <v>30</v>
       </c>
       <c r="H22" s="6"/>
       <c r="I22" s="6"/>
       <c r="J22" s="6"/>
       <c r="K22" s="6"/>
       <c r="L22" s="6"/>
       <c r="M22" s="8"/>
       <c r="N22" s="6"/>
       <c r="O22" s="6"/>
       <c r="P22" s="6"/>
       <c r="Q22" s="6"/>
       <c r="R22" s="6"/>
       <c r="S22" s="6"/>
     </row>
     <row r="23" spans="1:19">
       <c r="A23" s="5"/>
       <c r="B23" s="12"/>
       <c r="C23" s="13"/>
       <c r="D23" s="13"/>
       <c r="E23" s="13"/>
       <c r="F23" s="14"/>
       <c r="G23" s="5"/>
       <c r="H23" s="6"/>
       <c r="I23" s="6"/>
       <c r="J23" s="6"/>
@@ -1817,51 +1817,51 @@
       <c r="H35" s="7"/>
       <c r="I35" s="7"/>
       <c r="J35" s="7"/>
       <c r="K35" s="7"/>
       <c r="L35" s="7"/>
       <c r="M35" s="7"/>
       <c r="N35" s="7"/>
       <c r="O35" s="7"/>
       <c r="P35" s="7"/>
       <c r="Q35" s="7"/>
       <c r="R35" s="7"/>
       <c r="S35" s="7"/>
     </row>
     <row r="36" spans="1:19">
       <c r="A36" s="7">
         <v>77</v>
       </c>
       <c r="B36" s="12" t="s">
         <v>57</v>
       </c>
       <c r="C36" s="13"/>
       <c r="D36" s="13"/>
       <c r="E36" s="13"/>
       <c r="F36" s="14"/>
       <c r="G36" s="7" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="H36" s="7"/>
       <c r="I36" s="7"/>
       <c r="J36" s="7"/>
       <c r="K36" s="7"/>
       <c r="L36" s="7"/>
       <c r="M36" s="7"/>
       <c r="N36" s="7"/>
       <c r="O36" s="7"/>
       <c r="P36" s="7"/>
       <c r="Q36" s="7"/>
       <c r="R36" s="7"/>
       <c r="S36" s="7"/>
     </row>
     <row r="37" spans="1:19">
       <c r="A37" s="7">
         <v>78</v>
       </c>
       <c r="B37" s="12" t="s">
         <v>58</v>
       </c>
       <c r="C37" s="13"/>
       <c r="D37" s="13"/>
       <c r="E37" s="13"/>
       <c r="F37" s="14"/>