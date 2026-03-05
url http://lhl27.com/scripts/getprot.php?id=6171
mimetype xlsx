--- v0 (2025-12-07)
+++ v1 (2026-03-05)
@@ -144,96 +144,96 @@
   <si>
     <t>Пырков Дмитрий</t>
   </si>
   <si>
     <t>Юн Михаил</t>
   </si>
   <si>
     <t>Расщупкин Александр</t>
   </si>
   <si>
     <t>Тен Владимир</t>
   </si>
   <si>
     <t>Аникин Владислав</t>
   </si>
   <si>
     <t>Безнощенко Владимир</t>
   </si>
   <si>
     <t>Сердюков Никита</t>
   </si>
   <si>
     <t>Пышненко Артем</t>
   </si>
   <si>
+    <t>Смазнов Руслан</t>
+  </si>
+  <si>
     <t>Смирнов Алексей</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
-    <t>Смазнов Руслан</t>
-[...1 lines deleted...]
-  <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Хулиганы»</t>
   </si>
   <si>
     <t>Миронов Игорь</t>
   </si>
   <si>
     <t>23:10</t>
   </si>
   <si>
     <t>26:10</t>
   </si>
   <si>
     <t>Горошко Андрей</t>
   </si>
   <si>
     <t>29:00</t>
   </si>
   <si>
     <t>29:45</t>
   </si>
   <si>
     <t>Туезов Владислав</t>
   </si>
   <si>
     <t>32:50</t>
   </si>
   <si>
+    <t>Ольмезов Александр</t>
+  </si>
+  <si>
     <t>Середа Андрей</t>
-  </si>
-[...1 lines deleted...]
-    <t>Ольмезов Александр</t>
   </si>
   <si>
     <t>Пахолюк Вячеслав</t>
   </si>
   <si>
     <t>Волошенко Артем</t>
   </si>
   <si>
     <t>Коршунов Ростислав</t>
   </si>
   <si>
     <t>Коршунов Виктор</t>
   </si>
   <si>
     <t>Гашута Олег</t>
   </si>
   <si>
     <t>Шевченко Максим</t>
   </si>
   <si>
     <t>Савчук Александр</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
@@ -1318,78 +1318,78 @@
       <c r="H17" s="6"/>
       <c r="I17" s="6"/>
       <c r="J17" s="6"/>
       <c r="K17" s="6"/>
       <c r="L17" s="6"/>
       <c r="M17" s="8"/>
       <c r="N17" s="6"/>
       <c r="O17" s="6"/>
       <c r="P17" s="6"/>
       <c r="Q17" s="6"/>
       <c r="R17" s="6"/>
       <c r="S17" s="6"/>
     </row>
     <row r="18" spans="1:19">
       <c r="A18" s="5">
         <v>98</v>
       </c>
       <c r="B18" s="12" t="s">
         <v>42</v>
       </c>
       <c r="C18" s="13"/>
       <c r="D18" s="13"/>
       <c r="E18" s="13"/>
       <c r="F18" s="14"/>
       <c r="G18" s="5" t="s">
-        <v>43</v>
+        <v>30</v>
       </c>
       <c r="H18" s="6"/>
       <c r="I18" s="6"/>
       <c r="J18" s="6"/>
       <c r="K18" s="6"/>
       <c r="L18" s="6"/>
       <c r="M18" s="8"/>
       <c r="N18" s="6"/>
       <c r="O18" s="6"/>
       <c r="P18" s="6"/>
       <c r="Q18" s="6"/>
       <c r="R18" s="6"/>
       <c r="S18" s="6"/>
     </row>
     <row r="19" spans="1:19">
       <c r="A19" s="5">
         <v>98</v>
       </c>
       <c r="B19" s="12" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="C19" s="13"/>
       <c r="D19" s="13"/>
       <c r="E19" s="13"/>
       <c r="F19" s="14"/>
       <c r="G19" s="5" t="s">
-        <v>30</v>
+        <v>44</v>
       </c>
       <c r="H19" s="6"/>
       <c r="I19" s="6"/>
       <c r="J19" s="6"/>
       <c r="K19" s="6"/>
       <c r="L19" s="6"/>
       <c r="M19" s="8"/>
       <c r="N19" s="6"/>
       <c r="O19" s="6"/>
       <c r="P19" s="6"/>
       <c r="Q19" s="6"/>
       <c r="R19" s="6"/>
       <c r="S19" s="6"/>
     </row>
     <row r="20" spans="1:19">
       <c r="A20" s="5"/>
       <c r="B20" s="12"/>
       <c r="C20" s="13"/>
       <c r="D20" s="13"/>
       <c r="E20" s="13"/>
       <c r="F20" s="14"/>
       <c r="G20" s="5"/>
       <c r="H20" s="6"/>
       <c r="I20" s="6"/>
       <c r="J20" s="6"/>
@@ -1747,78 +1747,78 @@
       </c>
       <c r="O32" s="7">
         <v>46</v>
       </c>
       <c r="P32" s="7">
         <v>2</v>
       </c>
       <c r="Q32" s="7">
         <v>5</v>
       </c>
       <c r="R32" s="7"/>
       <c r="S32" s="7"/>
     </row>
     <row r="33" spans="1:19">
       <c r="A33" s="7">
         <v>22</v>
       </c>
       <c r="B33" s="12" t="s">
         <v>56</v>
       </c>
       <c r="C33" s="13"/>
       <c r="D33" s="13"/>
       <c r="E33" s="13"/>
       <c r="F33" s="14"/>
       <c r="G33" s="7" t="s">
-        <v>22</v>
+        <v>30</v>
       </c>
       <c r="H33" s="7"/>
       <c r="I33" s="7"/>
       <c r="J33" s="7"/>
       <c r="K33" s="7"/>
       <c r="L33" s="7"/>
       <c r="M33" s="7"/>
       <c r="N33" s="7"/>
       <c r="O33" s="7"/>
       <c r="P33" s="7"/>
       <c r="Q33" s="7"/>
       <c r="R33" s="7"/>
       <c r="S33" s="7"/>
     </row>
     <row r="34" spans="1:19">
       <c r="A34" s="7">
         <v>22</v>
       </c>
       <c r="B34" s="12" t="s">
         <v>57</v>
       </c>
       <c r="C34" s="13"/>
       <c r="D34" s="13"/>
       <c r="E34" s="13"/>
       <c r="F34" s="14"/>
       <c r="G34" s="7" t="s">
-        <v>30</v>
+        <v>22</v>
       </c>
       <c r="H34" s="7"/>
       <c r="I34" s="7"/>
       <c r="J34" s="7"/>
       <c r="K34" s="7"/>
       <c r="L34" s="7"/>
       <c r="M34" s="7"/>
       <c r="N34" s="7"/>
       <c r="O34" s="7"/>
       <c r="P34" s="7"/>
       <c r="Q34" s="7"/>
       <c r="R34" s="7"/>
       <c r="S34" s="7"/>
     </row>
     <row r="35" spans="1:19">
       <c r="A35" s="7">
         <v>46</v>
       </c>
       <c r="B35" s="12" t="s">
         <v>58</v>
       </c>
       <c r="C35" s="13"/>
       <c r="D35" s="13"/>
       <c r="E35" s="13"/>
       <c r="F35" s="14"/>
@@ -1855,51 +1855,51 @@
       <c r="H36" s="7"/>
       <c r="I36" s="7"/>
       <c r="J36" s="7"/>
       <c r="K36" s="7"/>
       <c r="L36" s="7"/>
       <c r="M36" s="7"/>
       <c r="N36" s="7"/>
       <c r="O36" s="7"/>
       <c r="P36" s="7"/>
       <c r="Q36" s="7"/>
       <c r="R36" s="7"/>
       <c r="S36" s="7"/>
     </row>
     <row r="37" spans="1:19">
       <c r="A37" s="7">
         <v>57</v>
       </c>
       <c r="B37" s="12" t="s">
         <v>60</v>
       </c>
       <c r="C37" s="13"/>
       <c r="D37" s="13"/>
       <c r="E37" s="13"/>
       <c r="F37" s="14"/>
       <c r="G37" s="7" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="H37" s="7"/>
       <c r="I37" s="7"/>
       <c r="J37" s="7"/>
       <c r="K37" s="7"/>
       <c r="L37" s="7"/>
       <c r="M37" s="7"/>
       <c r="N37" s="7"/>
       <c r="O37" s="7"/>
       <c r="P37" s="7"/>
       <c r="Q37" s="7"/>
       <c r="R37" s="7"/>
       <c r="S37" s="7"/>
     </row>
     <row r="38" spans="1:19">
       <c r="A38" s="7">
         <v>68</v>
       </c>
       <c r="B38" s="12" t="s">
         <v>61</v>
       </c>
       <c r="C38" s="13"/>
       <c r="D38" s="13"/>
       <c r="E38" s="13"/>
       <c r="F38" s="14"/>