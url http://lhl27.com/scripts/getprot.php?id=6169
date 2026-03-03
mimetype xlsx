--- v0 (2025-12-10)
+++ v1 (2026-03-03)
@@ -195,57 +195,57 @@
   <si>
     <t>Винокуров Юрий</t>
   </si>
   <si>
     <t>13:00</t>
   </si>
   <si>
     <t>Небесных Василий</t>
   </si>
   <si>
     <t>35:00</t>
   </si>
   <si>
     <t>Попов Александр</t>
   </si>
   <si>
     <t>ПБ</t>
   </si>
   <si>
     <t>45:00</t>
   </si>
   <si>
     <t>Бондаренко Владимир</t>
   </si>
   <si>
+    <t>Андриевский Андрей</t>
+  </si>
+  <si>
+    <t>Дмитриев Сергей</t>
+  </si>
+  <si>
     <t>Коршунов Артём</t>
-  </si>
-[...4 lines deleted...]
-    <t>Дмитриев Сергей</t>
   </si>
   <si>
     <t>Рекунов Николай</t>
   </si>
   <si>
     <t>Пыхалов Михаил</t>
   </si>
   <si>
     <t>Шаров Андрей</t>
   </si>
   <si>
     <t>Казачок Сергей</t>
   </si>
   <si>
     <t>Московцев Сергей</t>
   </si>
   <si>
     <t>Смолягин Кирилл</t>
   </si>
   <si>
     <t>Марковкин Игорь</t>
   </si>
   <si>
     <t>Глухов Денис</t>
   </si>
@@ -1817,105 +1817,105 @@
       <c r="B34" s="12" t="s">
         <v>58</v>
       </c>
       <c r="C34" s="13"/>
       <c r="D34" s="13"/>
       <c r="E34" s="13"/>
       <c r="F34" s="14"/>
       <c r="G34" s="7" t="s">
         <v>34</v>
       </c>
       <c r="H34" s="7"/>
       <c r="I34" s="7"/>
       <c r="J34" s="7"/>
       <c r="K34" s="7"/>
       <c r="L34" s="7"/>
       <c r="M34" s="7"/>
       <c r="N34" s="7"/>
       <c r="O34" s="7"/>
       <c r="P34" s="7"/>
       <c r="Q34" s="7"/>
       <c r="R34" s="7"/>
       <c r="S34" s="7"/>
     </row>
     <row r="35" spans="1:19">
       <c r="A35" s="7">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="B35" s="12" t="s">
         <v>59</v>
       </c>
       <c r="C35" s="13"/>
       <c r="D35" s="13"/>
       <c r="E35" s="13"/>
       <c r="F35" s="14"/>
       <c r="G35" s="7" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H35" s="7"/>
       <c r="I35" s="7"/>
       <c r="J35" s="7"/>
       <c r="K35" s="7"/>
       <c r="L35" s="7"/>
       <c r="M35" s="7"/>
       <c r="N35" s="7"/>
       <c r="O35" s="7"/>
       <c r="P35" s="7"/>
       <c r="Q35" s="7"/>
       <c r="R35" s="7"/>
       <c r="S35" s="7"/>
     </row>
     <row r="36" spans="1:19">
       <c r="A36" s="7">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B36" s="12" t="s">
         <v>60</v>
       </c>
       <c r="C36" s="13"/>
       <c r="D36" s="13"/>
       <c r="E36" s="13"/>
       <c r="F36" s="14"/>
       <c r="G36" s="7" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="H36" s="7"/>
       <c r="I36" s="7"/>
       <c r="J36" s="7"/>
       <c r="K36" s="7"/>
       <c r="L36" s="7"/>
       <c r="M36" s="7"/>
       <c r="N36" s="7"/>
       <c r="O36" s="7"/>
       <c r="P36" s="7"/>
       <c r="Q36" s="7"/>
       <c r="R36" s="7"/>
       <c r="S36" s="7"/>
     </row>
     <row r="37" spans="1:19">
       <c r="A37" s="7">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="B37" s="12" t="s">
         <v>61</v>
       </c>
       <c r="C37" s="13"/>
       <c r="D37" s="13"/>
       <c r="E37" s="13"/>
       <c r="F37" s="14"/>
       <c r="G37" s="7" t="s">
         <v>22</v>
       </c>
       <c r="H37" s="7"/>
       <c r="I37" s="7"/>
       <c r="J37" s="7"/>
       <c r="K37" s="7"/>
       <c r="L37" s="7"/>
       <c r="M37" s="7"/>
       <c r="N37" s="7"/>
       <c r="O37" s="7"/>
       <c r="P37" s="7"/>
       <c r="Q37" s="7"/>
       <c r="R37" s="7"/>
       <c r="S37" s="7"/>
     </row>
     <row r="38" spans="1:19">