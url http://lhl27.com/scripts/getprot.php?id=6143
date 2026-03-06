--- v0 (2025-12-08)
+++ v1 (2026-03-06)
@@ -135,57 +135,57 @@
   <si>
     <t>Пырков Дмитрий</t>
   </si>
   <si>
     <t>Потихо Дмитрий</t>
   </si>
   <si>
     <t>Тен Владимир</t>
   </si>
   <si>
     <t>Аникин Владислав</t>
   </si>
   <si>
     <t>Безнощенко Владимир</t>
   </si>
   <si>
     <t>Сердюков Никита</t>
   </si>
   <si>
     <t>Дроздович Дмитрий</t>
   </si>
   <si>
     <t>Пышненко Артем</t>
   </si>
   <si>
+    <t>Смирнов Алексей</t>
+  </si>
+  <si>
+    <t>Вр</t>
+  </si>
+  <si>
     <t>Смазнов Руслан</t>
-  </si>
-[...4 lines deleted...]
-    <t>Вр</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Невада»</t>
   </si>
   <si>
     <t>Попов Сергей</t>
   </si>
   <si>
     <t>30:49</t>
   </si>
   <si>
     <t>0:40</t>
   </si>
   <si>
     <t>Сабанов Майран</t>
   </si>
   <si>
     <t>11:13</t>
   </si>
@@ -1245,78 +1245,78 @@
       <c r="H15" s="6"/>
       <c r="I15" s="6"/>
       <c r="J15" s="6"/>
       <c r="K15" s="6"/>
       <c r="L15" s="6"/>
       <c r="M15" s="8"/>
       <c r="N15" s="6"/>
       <c r="O15" s="6"/>
       <c r="P15" s="6"/>
       <c r="Q15" s="6"/>
       <c r="R15" s="6"/>
       <c r="S15" s="6"/>
     </row>
     <row r="16" spans="1:19">
       <c r="A16" s="5">
         <v>98</v>
       </c>
       <c r="B16" s="12" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="13"/>
       <c r="D16" s="13"/>
       <c r="E16" s="13"/>
       <c r="F16" s="14"/>
       <c r="G16" s="5" t="s">
-        <v>26</v>
+        <v>40</v>
       </c>
       <c r="H16" s="6"/>
       <c r="I16" s="6"/>
       <c r="J16" s="6"/>
       <c r="K16" s="6"/>
       <c r="L16" s="6"/>
       <c r="M16" s="8"/>
       <c r="N16" s="6"/>
       <c r="O16" s="6"/>
       <c r="P16" s="6"/>
       <c r="Q16" s="6"/>
       <c r="R16" s="6"/>
       <c r="S16" s="6"/>
     </row>
     <row r="17" spans="1:19">
       <c r="A17" s="5">
         <v>98</v>
       </c>
       <c r="B17" s="12" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C17" s="13"/>
       <c r="D17" s="13"/>
       <c r="E17" s="13"/>
       <c r="F17" s="14"/>
       <c r="G17" s="5" t="s">
-        <v>41</v>
+        <v>26</v>
       </c>
       <c r="H17" s="6"/>
       <c r="I17" s="6"/>
       <c r="J17" s="6"/>
       <c r="K17" s="6"/>
       <c r="L17" s="6"/>
       <c r="M17" s="8"/>
       <c r="N17" s="6"/>
       <c r="O17" s="6"/>
       <c r="P17" s="6"/>
       <c r="Q17" s="6"/>
       <c r="R17" s="6"/>
       <c r="S17" s="6"/>
     </row>
     <row r="18" spans="1:19">
       <c r="A18" s="5"/>
       <c r="B18" s="12"/>
       <c r="C18" s="13"/>
       <c r="D18" s="13"/>
       <c r="E18" s="13"/>
       <c r="F18" s="14"/>
       <c r="G18" s="5"/>
       <c r="H18" s="6"/>
       <c r="I18" s="6"/>
       <c r="J18" s="6"/>