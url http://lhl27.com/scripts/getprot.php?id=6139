--- v0 (2025-12-08)
+++ v1 (2026-03-04)
@@ -90,62 +90,62 @@
   <si>
     <t>П</t>
   </si>
   <si>
     <t xml:space="preserve">Шт </t>
   </si>
   <si>
     <t>Пр</t>
   </si>
   <si>
     <t>Нач</t>
   </si>
   <si>
     <t>Окон</t>
   </si>
   <si>
     <t>Абзалов Артур</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>06-28</t>
   </si>
   <si>
+    <t>Лакеев Дмитрий</t>
+  </si>
+  <si>
+    <t>29-46</t>
+  </si>
+  <si>
     <t>Грушевский Иван</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
-    <t>29-46</t>
-[...4 lines deleted...]
-  <si>
     <t>33-43</t>
   </si>
   <si>
     <t>Кора Владислав</t>
   </si>
   <si>
     <t>44-07</t>
   </si>
   <si>
     <t>Ершов Денис</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>Русских Дмитрий</t>
   </si>
   <si>
     <t>Грушков Дмитрий</t>
   </si>
   <si>
     <t>Ткаченко Роман</t>
   </si>
   <si>
     <t>Бердычевец Евгений</t>
@@ -156,90 +156,90 @@
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Хабаровские Медведи»</t>
   </si>
   <si>
     <t>Шленчак Александр</t>
   </si>
   <si>
     <t>27-42</t>
   </si>
   <si>
     <t>20-06</t>
   </si>
   <si>
     <t>Заикин Илья</t>
   </si>
   <si>
     <t>32-42</t>
   </si>
   <si>
     <t>38-25</t>
   </si>
   <si>
+    <t>Гутов Иван</t>
+  </si>
+  <si>
+    <t>40-09</t>
+  </si>
+  <si>
+    <t>Трофимович Дмитрий</t>
+  </si>
+  <si>
+    <t>41-19</t>
+  </si>
+  <si>
+    <t>Грициенко Ростислав</t>
+  </si>
+  <si>
+    <t>ПБ</t>
+  </si>
+  <si>
+    <t>45-00</t>
+  </si>
+  <si>
+    <t>Бояркин Владимир</t>
+  </si>
+  <si>
+    <t>Чжан-Цзы-Фа Максим</t>
+  </si>
+  <si>
     <t>Пешков Алексей</t>
   </si>
   <si>
-    <t>40-09</t>
-[...22 lines deleted...]
-  <si>
     <t>Королев Александр</t>
   </si>
   <si>
+    <t>Семенов Андрей</t>
+  </si>
+  <si>
     <t>Ромашков Ярослав</t>
   </si>
   <si>
-    <t>Семенов Андрей</t>
-[...1 lines deleted...]
-  <si>
     <t>Ершов Илья</t>
-  </si>
-[...1 lines deleted...]
-    <t>Грициенко Ростислав</t>
   </si>
   <si>
     <t>Гущин Артем</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
   <si>
     <t>Новгородцев Илья</t>
   </si>
   <si>
     <t>Харламов Артем</t>
   </si>
   <si>
     <t>Линник Никита</t>
   </si>
 </sst>
 </file>
 
@@ -950,88 +950,88 @@
       <c r="L5" s="5">
         <v>18</v>
       </c>
       <c r="M5" s="8">
         <v>0</v>
       </c>
       <c r="N5" s="6"/>
       <c r="O5" s="6"/>
       <c r="P5" s="6"/>
       <c r="Q5" s="6"/>
       <c r="R5" s="6"/>
       <c r="S5" s="6"/>
     </row>
     <row r="6" spans="1:19">
       <c r="A6" s="5">
         <v>17</v>
       </c>
       <c r="B6" s="12" t="s">
         <v>24</v>
       </c>
       <c r="C6" s="13"/>
       <c r="D6" s="13"/>
       <c r="E6" s="13"/>
       <c r="F6" s="14"/>
       <c r="G6" s="5" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="H6" s="6">
         <v>2</v>
       </c>
       <c r="I6" s="6"/>
       <c r="J6" s="6" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="K6" s="6">
         <v>18</v>
       </c>
       <c r="L6" s="6">
         <v>3</v>
       </c>
       <c r="M6" s="8">
         <v>0</v>
       </c>
       <c r="N6" s="6"/>
       <c r="O6" s="6"/>
       <c r="P6" s="6"/>
       <c r="Q6" s="6"/>
       <c r="R6" s="6"/>
       <c r="S6" s="6"/>
     </row>
     <row r="7" spans="1:19">
       <c r="A7" s="5">
         <v>17</v>
       </c>
       <c r="B7" s="12" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C7" s="13"/>
       <c r="D7" s="13"/>
       <c r="E7" s="13"/>
       <c r="F7" s="14"/>
       <c r="G7" s="5" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="H7" s="6">
         <v>3</v>
       </c>
       <c r="I7" s="6"/>
       <c r="J7" s="6" t="s">
         <v>28</v>
       </c>
       <c r="K7" s="6">
         <v>71</v>
       </c>
       <c r="L7" s="6">
         <v>0</v>
       </c>
       <c r="M7" s="8">
         <v>0</v>
       </c>
       <c r="N7" s="6"/>
       <c r="O7" s="6"/>
       <c r="P7" s="6"/>
       <c r="Q7" s="6"/>
       <c r="R7" s="6"/>
       <c r="S7" s="6"/>
     </row>
     <row r="8" spans="1:19">
@@ -1088,51 +1088,51 @@
       <c r="H9" s="6"/>
       <c r="I9" s="6"/>
       <c r="J9" s="6"/>
       <c r="K9" s="6"/>
       <c r="L9" s="6"/>
       <c r="M9" s="8"/>
       <c r="N9" s="6"/>
       <c r="O9" s="6"/>
       <c r="P9" s="6"/>
       <c r="Q9" s="6"/>
       <c r="R9" s="6"/>
       <c r="S9" s="6"/>
     </row>
     <row r="10" spans="1:19">
       <c r="A10" s="5">
         <v>44</v>
       </c>
       <c r="B10" s="12" t="s">
         <v>33</v>
       </c>
       <c r="C10" s="13"/>
       <c r="D10" s="13"/>
       <c r="E10" s="13"/>
       <c r="F10" s="14"/>
       <c r="G10" s="5" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="H10" s="6"/>
       <c r="I10" s="6"/>
       <c r="J10" s="6"/>
       <c r="K10" s="6"/>
       <c r="L10" s="6"/>
       <c r="M10" s="8"/>
       <c r="N10" s="6"/>
       <c r="O10" s="6"/>
       <c r="P10" s="6"/>
       <c r="Q10" s="6"/>
       <c r="R10" s="6"/>
       <c r="S10" s="6"/>
     </row>
     <row r="11" spans="1:19">
       <c r="A11" s="5">
         <v>92</v>
       </c>
       <c r="B11" s="12" t="s">
         <v>34</v>
       </c>
       <c r="C11" s="13"/>
       <c r="D11" s="13"/>
       <c r="E11" s="13"/>
       <c r="F11" s="14"/>
@@ -1142,51 +1142,51 @@
       <c r="H11" s="6"/>
       <c r="I11" s="6"/>
       <c r="J11" s="6"/>
       <c r="K11" s="6"/>
       <c r="L11" s="6"/>
       <c r="M11" s="8"/>
       <c r="N11" s="6"/>
       <c r="O11" s="6"/>
       <c r="P11" s="6"/>
       <c r="Q11" s="6"/>
       <c r="R11" s="6"/>
       <c r="S11" s="6"/>
     </row>
     <row r="12" spans="1:19">
       <c r="A12" s="5">
         <v>97</v>
       </c>
       <c r="B12" s="12" t="s">
         <v>35</v>
       </c>
       <c r="C12" s="13"/>
       <c r="D12" s="13"/>
       <c r="E12" s="13"/>
       <c r="F12" s="14"/>
       <c r="G12" s="5" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="H12" s="6"/>
       <c r="I12" s="6"/>
       <c r="J12" s="6"/>
       <c r="K12" s="6"/>
       <c r="L12" s="6"/>
       <c r="M12" s="8"/>
       <c r="N12" s="6"/>
       <c r="O12" s="6"/>
       <c r="P12" s="6"/>
       <c r="Q12" s="6"/>
       <c r="R12" s="6"/>
       <c r="S12" s="6"/>
     </row>
     <row r="13" spans="1:19">
       <c r="A13" s="5">
         <v>98</v>
       </c>
       <c r="B13" s="12" t="s">
         <v>36</v>
       </c>
       <c r="C13" s="13"/>
       <c r="D13" s="13"/>
       <c r="E13" s="13"/>
       <c r="F13" s="14"/>
@@ -1652,338 +1652,338 @@
         <v>12</v>
       </c>
       <c r="L31" s="7">
         <v>90</v>
       </c>
       <c r="M31" s="7">
         <v>55</v>
       </c>
       <c r="N31" s="7" t="s">
         <v>45</v>
       </c>
       <c r="O31" s="7">
         <v>11</v>
       </c>
       <c r="P31" s="7">
         <v>2</v>
       </c>
       <c r="Q31" s="7">
         <v>5</v>
       </c>
       <c r="R31" s="7"/>
       <c r="S31" s="7"/>
     </row>
     <row r="32" spans="1:19">
       <c r="A32" s="7">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="B32" s="12" t="s">
         <v>46</v>
       </c>
       <c r="C32" s="13"/>
       <c r="D32" s="13"/>
       <c r="E32" s="13"/>
       <c r="F32" s="14"/>
       <c r="G32" s="7" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="H32" s="7">
         <v>3</v>
       </c>
       <c r="I32" s="7">
         <v>-1</v>
       </c>
       <c r="J32" s="7" t="s">
         <v>47</v>
       </c>
       <c r="K32" s="7">
         <v>93</v>
       </c>
       <c r="L32" s="7">
         <v>12</v>
       </c>
       <c r="M32" s="7">
         <v>0</v>
       </c>
       <c r="N32" s="7"/>
       <c r="O32" s="7"/>
       <c r="P32" s="7"/>
       <c r="Q32" s="7"/>
       <c r="R32" s="7"/>
       <c r="S32" s="7"/>
     </row>
     <row r="33" spans="1:19">
       <c r="A33" s="7">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B33" s="12" t="s">
         <v>48</v>
       </c>
       <c r="C33" s="13"/>
       <c r="D33" s="13"/>
       <c r="E33" s="13"/>
       <c r="F33" s="14"/>
       <c r="G33" s="7" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="H33" s="7">
         <v>4</v>
       </c>
       <c r="I33" s="7"/>
       <c r="J33" s="7" t="s">
         <v>49</v>
       </c>
       <c r="K33" s="7">
         <v>12</v>
       </c>
       <c r="L33" s="7">
         <v>0</v>
       </c>
       <c r="M33" s="7">
         <v>0</v>
       </c>
       <c r="N33" s="7"/>
       <c r="O33" s="7"/>
       <c r="P33" s="7"/>
       <c r="Q33" s="7"/>
       <c r="R33" s="7"/>
       <c r="S33" s="7"/>
     </row>
     <row r="34" spans="1:19">
       <c r="A34" s="7">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="B34" s="12" t="s">
         <v>50</v>
       </c>
       <c r="C34" s="13"/>
       <c r="D34" s="13"/>
       <c r="E34" s="13"/>
       <c r="F34" s="14"/>
       <c r="G34" s="7" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="H34" s="7">
         <v>5</v>
       </c>
       <c r="I34" s="7" t="s">
         <v>51</v>
       </c>
       <c r="J34" s="7" t="s">
         <v>52</v>
       </c>
       <c r="K34" s="7">
         <v>12</v>
       </c>
       <c r="L34" s="7">
         <v>0</v>
       </c>
       <c r="M34" s="7">
         <v>0</v>
       </c>
       <c r="N34" s="7"/>
       <c r="O34" s="7"/>
       <c r="P34" s="7"/>
       <c r="Q34" s="7"/>
       <c r="R34" s="7"/>
       <c r="S34" s="7"/>
     </row>
     <row r="35" spans="1:19">
       <c r="A35" s="7">
         <v>30</v>
       </c>
       <c r="B35" s="12" t="s">
         <v>53</v>
       </c>
       <c r="C35" s="13"/>
       <c r="D35" s="13"/>
       <c r="E35" s="13"/>
       <c r="F35" s="14"/>
       <c r="G35" s="7" t="s">
-        <v>32</v>
+        <v>22</v>
       </c>
       <c r="H35" s="7"/>
       <c r="I35" s="7"/>
       <c r="J35" s="7"/>
       <c r="K35" s="7"/>
       <c r="L35" s="7"/>
       <c r="M35" s="7"/>
       <c r="N35" s="7"/>
       <c r="O35" s="7"/>
       <c r="P35" s="7"/>
       <c r="Q35" s="7"/>
       <c r="R35" s="7"/>
       <c r="S35" s="7"/>
     </row>
     <row r="36" spans="1:19">
       <c r="A36" s="7">
         <v>33</v>
       </c>
       <c r="B36" s="12" t="s">
         <v>54</v>
       </c>
       <c r="C36" s="13"/>
       <c r="D36" s="13"/>
       <c r="E36" s="13"/>
       <c r="F36" s="14"/>
       <c r="G36" s="7" t="s">
         <v>22</v>
       </c>
       <c r="H36" s="7"/>
       <c r="I36" s="7"/>
       <c r="J36" s="7"/>
       <c r="K36" s="7"/>
       <c r="L36" s="7"/>
       <c r="M36" s="7"/>
       <c r="N36" s="7"/>
       <c r="O36" s="7"/>
       <c r="P36" s="7"/>
       <c r="Q36" s="7"/>
       <c r="R36" s="7"/>
       <c r="S36" s="7"/>
     </row>
     <row r="37" spans="1:19">
       <c r="A37" s="7">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="B37" s="12" t="s">
         <v>55</v>
       </c>
       <c r="C37" s="13"/>
       <c r="D37" s="13"/>
       <c r="E37" s="13"/>
       <c r="F37" s="14"/>
       <c r="G37" s="7" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="H37" s="7"/>
       <c r="I37" s="7"/>
       <c r="J37" s="7"/>
       <c r="K37" s="7"/>
       <c r="L37" s="7"/>
       <c r="M37" s="7"/>
       <c r="N37" s="7"/>
       <c r="O37" s="7"/>
       <c r="P37" s="7"/>
       <c r="Q37" s="7"/>
       <c r="R37" s="7"/>
       <c r="S37" s="7"/>
     </row>
     <row r="38" spans="1:19">
       <c r="A38" s="7">
-        <v>89</v>
+        <v>81</v>
       </c>
       <c r="B38" s="12" t="s">
         <v>56</v>
       </c>
       <c r="C38" s="13"/>
       <c r="D38" s="13"/>
       <c r="E38" s="13"/>
       <c r="F38" s="14"/>
       <c r="G38" s="7" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="H38" s="7"/>
       <c r="I38" s="7"/>
       <c r="J38" s="7"/>
       <c r="K38" s="7"/>
       <c r="L38" s="7"/>
       <c r="M38" s="7"/>
       <c r="N38" s="7"/>
       <c r="O38" s="7"/>
       <c r="P38" s="7"/>
       <c r="Q38" s="7"/>
       <c r="R38" s="7"/>
       <c r="S38" s="7"/>
     </row>
     <row r="39" spans="1:19">
       <c r="A39" s="7">
         <v>89</v>
       </c>
       <c r="B39" s="12" t="s">
         <v>57</v>
       </c>
       <c r="C39" s="13"/>
       <c r="D39" s="13"/>
       <c r="E39" s="13"/>
       <c r="F39" s="14"/>
       <c r="G39" s="7" t="s">
         <v>22</v>
       </c>
       <c r="H39" s="7"/>
       <c r="I39" s="7"/>
       <c r="J39" s="7"/>
       <c r="K39" s="7"/>
       <c r="L39" s="7"/>
       <c r="M39" s="7"/>
       <c r="N39" s="7"/>
       <c r="O39" s="7"/>
       <c r="P39" s="7"/>
       <c r="Q39" s="7"/>
       <c r="R39" s="7"/>
       <c r="S39" s="7"/>
     </row>
     <row r="40" spans="1:19">
       <c r="A40" s="7">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="B40" s="12" t="s">
         <v>58</v>
       </c>
       <c r="C40" s="13"/>
       <c r="D40" s="13"/>
       <c r="E40" s="13"/>
       <c r="F40" s="14"/>
       <c r="G40" s="7" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="H40" s="7"/>
       <c r="I40" s="7"/>
       <c r="J40" s="7"/>
       <c r="K40" s="7"/>
       <c r="L40" s="7"/>
       <c r="M40" s="7"/>
       <c r="N40" s="7"/>
       <c r="O40" s="7"/>
       <c r="P40" s="7"/>
       <c r="Q40" s="7"/>
       <c r="R40" s="7"/>
       <c r="S40" s="7"/>
     </row>
     <row r="41" spans="1:19">
       <c r="A41" s="7">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="B41" s="12" t="s">
         <v>59</v>
       </c>
       <c r="C41" s="13"/>
       <c r="D41" s="13"/>
       <c r="E41" s="13"/>
       <c r="F41" s="14"/>
       <c r="G41" s="7" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="H41" s="7"/>
       <c r="I41" s="7"/>
       <c r="J41" s="7"/>
       <c r="K41" s="7"/>
       <c r="L41" s="7"/>
       <c r="M41" s="7"/>
       <c r="N41" s="7"/>
       <c r="O41" s="7"/>
       <c r="P41" s="7"/>
       <c r="Q41" s="7"/>
       <c r="R41" s="7"/>
       <c r="S41" s="7"/>
     </row>
     <row r="42" spans="1:19">
       <c r="A42" s="7">
         <v>93</v>
       </c>
       <c r="B42" s="12" t="s">
         <v>60</v>
       </c>
       <c r="C42" s="13"/>
       <c r="D42" s="13"/>
       <c r="E42" s="13"/>
       <c r="F42" s="14"/>