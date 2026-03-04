--- v0 (2025-12-07)
+++ v1 (2026-03-04)
@@ -141,57 +141,57 @@
   <si>
     <t>Юн Михаил</t>
   </si>
   <si>
     <t>Расщупкин Александр</t>
   </si>
   <si>
     <t>Тен Владимир</t>
   </si>
   <si>
     <t>Аникин Владислав</t>
   </si>
   <si>
     <t>Безнощенко Владимир</t>
   </si>
   <si>
     <t>Сердюков Никита</t>
   </si>
   <si>
     <t>Дроздович Дмитрий</t>
   </si>
   <si>
     <t>Пышненко Артем</t>
   </si>
   <si>
+    <t>Смирнов Алексей</t>
+  </si>
+  <si>
+    <t>Вр</t>
+  </si>
+  <si>
     <t>Смазнов Руслан</t>
-  </si>
-[...4 lines deleted...]
-    <t>Вр</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Пульсар»</t>
   </si>
   <si>
     <t>Мележик Максим</t>
   </si>
   <si>
     <t>18-07</t>
   </si>
   <si>
     <t>08-10</t>
   </si>
   <si>
     <t>Харченко Михаил</t>
   </si>
   <si>
     <t>43-07</t>
   </si>
@@ -1351,78 +1351,78 @@
       <c r="H19" s="6"/>
       <c r="I19" s="6"/>
       <c r="J19" s="6"/>
       <c r="K19" s="6"/>
       <c r="L19" s="6"/>
       <c r="M19" s="8"/>
       <c r="N19" s="6"/>
       <c r="O19" s="6"/>
       <c r="P19" s="6"/>
       <c r="Q19" s="6"/>
       <c r="R19" s="6"/>
       <c r="S19" s="6"/>
     </row>
     <row r="20" spans="1:19">
       <c r="A20" s="5">
         <v>98</v>
       </c>
       <c r="B20" s="12" t="s">
         <v>41</v>
       </c>
       <c r="C20" s="13"/>
       <c r="D20" s="13"/>
       <c r="E20" s="13"/>
       <c r="F20" s="14"/>
       <c r="G20" s="5" t="s">
-        <v>27</v>
+        <v>42</v>
       </c>
       <c r="H20" s="6"/>
       <c r="I20" s="6"/>
       <c r="J20" s="6"/>
       <c r="K20" s="6"/>
       <c r="L20" s="6"/>
       <c r="M20" s="8"/>
       <c r="N20" s="6"/>
       <c r="O20" s="6"/>
       <c r="P20" s="6"/>
       <c r="Q20" s="6"/>
       <c r="R20" s="6"/>
       <c r="S20" s="6"/>
     </row>
     <row r="21" spans="1:19">
       <c r="A21" s="5">
         <v>98</v>
       </c>
       <c r="B21" s="12" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C21" s="13"/>
       <c r="D21" s="13"/>
       <c r="E21" s="13"/>
       <c r="F21" s="14"/>
       <c r="G21" s="5" t="s">
-        <v>43</v>
+        <v>27</v>
       </c>
       <c r="H21" s="6"/>
       <c r="I21" s="6"/>
       <c r="J21" s="6"/>
       <c r="K21" s="6"/>
       <c r="L21" s="6"/>
       <c r="M21" s="8"/>
       <c r="N21" s="6"/>
       <c r="O21" s="6"/>
       <c r="P21" s="6"/>
       <c r="Q21" s="6"/>
       <c r="R21" s="6"/>
       <c r="S21" s="6"/>
     </row>
     <row r="22" spans="1:19">
       <c r="A22" s="5"/>
       <c r="B22" s="12"/>
       <c r="C22" s="13"/>
       <c r="D22" s="13"/>
       <c r="E22" s="13"/>
       <c r="F22" s="14"/>
       <c r="G22" s="5"/>
       <c r="H22" s="6"/>
       <c r="I22" s="6"/>
       <c r="J22" s="6"/>
@@ -1911,51 +1911,51 @@
       <c r="H39" s="7"/>
       <c r="I39" s="7"/>
       <c r="J39" s="7"/>
       <c r="K39" s="7"/>
       <c r="L39" s="7"/>
       <c r="M39" s="7"/>
       <c r="N39" s="7"/>
       <c r="O39" s="7"/>
       <c r="P39" s="7"/>
       <c r="Q39" s="7"/>
       <c r="R39" s="7"/>
       <c r="S39" s="7"/>
     </row>
     <row r="40" spans="1:19">
       <c r="A40" s="7">
         <v>61</v>
       </c>
       <c r="B40" s="12" t="s">
         <v>60</v>
       </c>
       <c r="C40" s="13"/>
       <c r="D40" s="13"/>
       <c r="E40" s="13"/>
       <c r="F40" s="14"/>
       <c r="G40" s="7" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="H40" s="7"/>
       <c r="I40" s="7"/>
       <c r="J40" s="7"/>
       <c r="K40" s="7"/>
       <c r="L40" s="7"/>
       <c r="M40" s="7"/>
       <c r="N40" s="7"/>
       <c r="O40" s="7"/>
       <c r="P40" s="7"/>
       <c r="Q40" s="7"/>
       <c r="R40" s="7"/>
       <c r="S40" s="7"/>
     </row>
     <row r="41" spans="1:19">
       <c r="A41" s="7">
         <v>66</v>
       </c>
       <c r="B41" s="12" t="s">
         <v>61</v>
       </c>
       <c r="C41" s="13"/>
       <c r="D41" s="13"/>
       <c r="E41" s="13"/>
       <c r="F41" s="14"/>