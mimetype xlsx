--- v0 (2025-12-06)
+++ v1 (2026-03-05)
@@ -1660,51 +1660,51 @@
       </c>
       <c r="O32" s="7">
         <v>91</v>
       </c>
       <c r="P32" s="7">
         <v>2</v>
       </c>
       <c r="Q32" s="7">
         <v>5</v>
       </c>
       <c r="R32" s="7"/>
       <c r="S32" s="7"/>
     </row>
     <row r="33" spans="1:19">
       <c r="A33" s="7">
         <v>30</v>
       </c>
       <c r="B33" s="12" t="s">
         <v>47</v>
       </c>
       <c r="C33" s="13"/>
       <c r="D33" s="13"/>
       <c r="E33" s="13"/>
       <c r="F33" s="14"/>
       <c r="G33" s="7" t="s">
-        <v>36</v>
+        <v>22</v>
       </c>
       <c r="H33" s="7"/>
       <c r="I33" s="7"/>
       <c r="J33" s="7"/>
       <c r="K33" s="7"/>
       <c r="L33" s="7"/>
       <c r="M33" s="7"/>
       <c r="N33" s="7" t="s">
         <v>48</v>
       </c>
       <c r="O33" s="7">
         <v>98</v>
       </c>
       <c r="P33" s="7">
         <v>2</v>
       </c>
       <c r="Q33" s="7">
         <v>5</v>
       </c>
       <c r="R33" s="7"/>
       <c r="S33" s="7"/>
     </row>
     <row r="34" spans="1:19">
       <c r="A34" s="7">
         <v>50</v>