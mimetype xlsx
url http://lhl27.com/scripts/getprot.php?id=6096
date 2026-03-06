--- v1 (2026-03-05)
+++ v2 (2026-03-06)
@@ -180,54 +180,54 @@
   <si>
     <t>18-20</t>
   </si>
   <si>
     <t>Рагозин Радислав</t>
   </si>
   <si>
     <t>44-49</t>
   </si>
   <si>
     <t>Потихо Дмитрий</t>
   </si>
   <si>
     <t>Юн Михаил</t>
   </si>
   <si>
     <t>Аникин Владислав</t>
   </si>
   <si>
     <t>Сердюков Никита</t>
   </si>
   <si>
     <t>Дроздович Дмитрий</t>
   </si>
   <si>
+    <t>Смирнов Алексей</t>
+  </si>
+  <si>
     <t>Смазнов Руслан</t>
-  </si>
-[...1 lines deleted...]
-    <t>Смирнов Алексей</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
   <si>
     <t>Стародворов Роман</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="7">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1830,78 +1830,78 @@
       <c r="H38" s="7"/>
       <c r="I38" s="7"/>
       <c r="J38" s="7"/>
       <c r="K38" s="7"/>
       <c r="L38" s="7"/>
       <c r="M38" s="7"/>
       <c r="N38" s="7"/>
       <c r="O38" s="7"/>
       <c r="P38" s="7"/>
       <c r="Q38" s="7"/>
       <c r="R38" s="7"/>
       <c r="S38" s="7"/>
     </row>
     <row r="39" spans="1:19">
       <c r="A39" s="7">
         <v>98</v>
       </c>
       <c r="B39" s="12" t="s">
         <v>54</v>
       </c>
       <c r="C39" s="13"/>
       <c r="D39" s="13"/>
       <c r="E39" s="13"/>
       <c r="F39" s="14"/>
       <c r="G39" s="7" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="H39" s="7"/>
       <c r="I39" s="7"/>
       <c r="J39" s="7"/>
       <c r="K39" s="7"/>
       <c r="L39" s="7"/>
       <c r="M39" s="7"/>
       <c r="N39" s="7"/>
       <c r="O39" s="7"/>
       <c r="P39" s="7"/>
       <c r="Q39" s="7"/>
       <c r="R39" s="7"/>
       <c r="S39" s="7"/>
     </row>
     <row r="40" spans="1:19">
       <c r="A40" s="7">
         <v>98</v>
       </c>
       <c r="B40" s="12" t="s">
         <v>55</v>
       </c>
       <c r="C40" s="13"/>
       <c r="D40" s="13"/>
       <c r="E40" s="13"/>
       <c r="F40" s="14"/>
       <c r="G40" s="7" t="s">
-        <v>36</v>
+        <v>22</v>
       </c>
       <c r="H40" s="7"/>
       <c r="I40" s="7"/>
       <c r="J40" s="7"/>
       <c r="K40" s="7"/>
       <c r="L40" s="7"/>
       <c r="M40" s="7"/>
       <c r="N40" s="7"/>
       <c r="O40" s="7"/>
       <c r="P40" s="7"/>
       <c r="Q40" s="7"/>
       <c r="R40" s="7"/>
       <c r="S40" s="7"/>
     </row>
     <row r="41" spans="1:19">
       <c r="A41" s="7"/>
       <c r="B41" s="12"/>
       <c r="C41" s="13"/>
       <c r="D41" s="13"/>
       <c r="E41" s="13"/>
       <c r="F41" s="14"/>
       <c r="G41" s="7"/>
       <c r="H41" s="7"/>
       <c r="I41" s="7"/>
       <c r="J41" s="7"/>