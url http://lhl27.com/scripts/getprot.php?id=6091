--- v0 (2025-12-08)
+++ v1 (2026-03-03)
@@ -222,54 +222,54 @@
   <si>
     <t>Грейзик Сергей</t>
   </si>
   <si>
     <t>Бирюков Станислав</t>
   </si>
   <si>
     <t>Сергодеев Вячеслав</t>
   </si>
   <si>
     <t>Москалев Алексей</t>
   </si>
   <si>
     <t>Сычев Артем</t>
   </si>
   <si>
     <t>Александров Марк</t>
   </si>
   <si>
     <t>Шерстнев Виталий</t>
   </si>
   <si>
     <t>Дерид Сергей</t>
   </si>
   <si>
+    <t>Гончаров Алексей</t>
+  </si>
+  <si>
     <t>Заболотный Иван</t>
-  </si>
-[...1 lines deleted...]
-    <t>Гончаров Алексей</t>
   </si>
   <si>
     <t>Шалухин Бориc</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
   <si>
     <t>Макаров Александр</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="7">
     <font>
       <b val="0"/>
@@ -2135,78 +2135,78 @@
       <c r="H46" s="7"/>
       <c r="I46" s="7"/>
       <c r="J46" s="7"/>
       <c r="K46" s="7"/>
       <c r="L46" s="7"/>
       <c r="M46" s="7"/>
       <c r="N46" s="7"/>
       <c r="O46" s="7"/>
       <c r="P46" s="7"/>
       <c r="Q46" s="7"/>
       <c r="R46" s="7"/>
       <c r="S46" s="7"/>
     </row>
     <row r="47" spans="1:19">
       <c r="A47" s="7">
         <v>89</v>
       </c>
       <c r="B47" s="12" t="s">
         <v>68</v>
       </c>
       <c r="C47" s="13"/>
       <c r="D47" s="13"/>
       <c r="E47" s="13"/>
       <c r="F47" s="14"/>
       <c r="G47" s="7" t="s">
-        <v>24</v>
+        <v>31</v>
       </c>
       <c r="H47" s="7"/>
       <c r="I47" s="7"/>
       <c r="J47" s="7"/>
       <c r="K47" s="7"/>
       <c r="L47" s="7"/>
       <c r="M47" s="7"/>
       <c r="N47" s="7"/>
       <c r="O47" s="7"/>
       <c r="P47" s="7"/>
       <c r="Q47" s="7"/>
       <c r="R47" s="7"/>
       <c r="S47" s="7"/>
     </row>
     <row r="48" spans="1:19">
       <c r="A48" s="7">
         <v>89</v>
       </c>
       <c r="B48" s="12" t="s">
         <v>69</v>
       </c>
       <c r="C48" s="13"/>
       <c r="D48" s="13"/>
       <c r="E48" s="13"/>
       <c r="F48" s="14"/>
       <c r="G48" s="7" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="H48" s="7"/>
       <c r="I48" s="7"/>
       <c r="J48" s="7"/>
       <c r="K48" s="7"/>
       <c r="L48" s="7"/>
       <c r="M48" s="7"/>
       <c r="N48" s="7"/>
       <c r="O48" s="7"/>
       <c r="P48" s="7"/>
       <c r="Q48" s="7"/>
       <c r="R48" s="7"/>
       <c r="S48" s="7"/>
     </row>
     <row r="49" spans="1:19">
       <c r="A49" s="7">
         <v>97</v>
       </c>
       <c r="B49" s="12" t="s">
         <v>70</v>
       </c>
       <c r="C49" s="13"/>
       <c r="D49" s="13"/>
       <c r="E49" s="13"/>
       <c r="F49" s="14"/>