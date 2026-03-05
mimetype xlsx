--- v0 (2026-03-04)
+++ v1 (2026-03-05)
@@ -225,54 +225,54 @@
   <si>
     <t>Насонов Владислав</t>
   </si>
   <si>
     <t>Ободов Виталий</t>
   </si>
   <si>
     <t>Симонов Вадим</t>
   </si>
   <si>
     <t>Свиридов Илья</t>
   </si>
   <si>
     <t>Емельянов Александр</t>
   </si>
   <si>
     <t>Ковалёв Станислав</t>
   </si>
   <si>
     <t>Поздняков Герман</t>
   </si>
   <si>
     <t>Шип Дмитрий</t>
   </si>
   <si>
+    <t>Чалков Игорь</t>
+  </si>
+  <si>
     <t>Чурилов Илья</t>
-  </si>
-[...1 lines deleted...]
-    <t>Чалков Игорь</t>
   </si>
   <si>
     <t>Тен Алексей</t>
   </si>
   <si>
     <t>Лёушкин Даниил</t>
   </si>
   <si>
     <t>Зоренко Юрий</t>
   </si>
   <si>
     <t>Зборовский Илья</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
   <si>
     <t>Коваль Александр</t>
   </si>
@@ -2104,98 +2104,98 @@
       <c r="H44" s="7"/>
       <c r="I44" s="7"/>
       <c r="J44" s="7"/>
       <c r="K44" s="7"/>
       <c r="L44" s="7"/>
       <c r="M44" s="7"/>
       <c r="N44" s="7"/>
       <c r="O44" s="7"/>
       <c r="P44" s="7"/>
       <c r="Q44" s="7"/>
       <c r="R44" s="7"/>
       <c r="S44" s="7"/>
     </row>
     <row r="45" spans="1:19">
       <c r="A45" s="7">
         <v>71</v>
       </c>
       <c r="B45" s="12" t="s">
         <v>69</v>
       </c>
       <c r="C45" s="13"/>
       <c r="D45" s="13"/>
       <c r="E45" s="13"/>
       <c r="F45" s="14"/>
       <c r="G45" s="7" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="H45" s="7"/>
       <c r="I45" s="7"/>
       <c r="J45" s="7"/>
       <c r="K45" s="7"/>
       <c r="L45" s="7"/>
       <c r="M45" s="7"/>
       <c r="N45" s="7"/>
       <c r="O45" s="7"/>
       <c r="P45" s="7"/>
       <c r="Q45" s="7"/>
       <c r="R45" s="7"/>
       <c r="S45" s="7"/>
     </row>
     <row r="46" spans="1:19">
       <c r="A46" s="7">
         <v>71</v>
       </c>
       <c r="B46" s="12" t="s">
         <v>70</v>
       </c>
       <c r="C46" s="13"/>
       <c r="D46" s="13"/>
       <c r="E46" s="13"/>
       <c r="F46" s="14"/>
       <c r="G46" s="7" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="H46" s="7"/>
       <c r="I46" s="7"/>
       <c r="J46" s="7"/>
       <c r="K46" s="7"/>
       <c r="L46" s="7"/>
       <c r="M46" s="7"/>
       <c r="N46" s="7"/>
       <c r="O46" s="7"/>
       <c r="P46" s="7"/>
       <c r="Q46" s="7"/>
       <c r="R46" s="7"/>
       <c r="S46" s="7"/>
     </row>
     <row r="47" spans="1:19">
       <c r="A47" s="7">
         <v>72</v>
       </c>
       <c r="B47" s="12" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="C47" s="13"/>
       <c r="D47" s="13"/>
       <c r="E47" s="13"/>
       <c r="F47" s="14"/>
       <c r="G47" s="7" t="s">
         <v>24</v>
       </c>
       <c r="H47" s="7"/>
       <c r="I47" s="7"/>
       <c r="J47" s="7"/>
       <c r="K47" s="7"/>
       <c r="L47" s="7"/>
       <c r="M47" s="7"/>
       <c r="N47" s="7"/>
       <c r="O47" s="7"/>
       <c r="P47" s="7"/>
       <c r="Q47" s="7"/>
       <c r="R47" s="7"/>
       <c r="S47" s="7"/>
     </row>
     <row r="48" spans="1:19">
       <c r="A48" s="7">
         <v>73</v>
       </c>