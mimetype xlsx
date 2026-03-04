--- v0 (2025-12-06)
+++ v1 (2026-03-04)
@@ -162,78 +162,78 @@
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Алькор»</t>
   </si>
   <si>
     <t>Дружков Станислав</t>
   </si>
   <si>
     <t>Примак Альберт</t>
   </si>
   <si>
     <t>Третьяков Александр</t>
   </si>
   <si>
     <t>Фисенко Сергей</t>
   </si>
   <si>
     <t>Вервейко Андрей</t>
   </si>
   <si>
+    <t>Буслаев Василий</t>
+  </si>
+  <si>
     <t>Жульмагамбетов Сергей</t>
   </si>
   <si>
-    <t>Буслаев Василий</t>
+    <t>Дроздов Владислав</t>
+  </si>
+  <si>
+    <t>Афанасьев Александр</t>
+  </si>
+  <si>
+    <t>Гутик Сергей</t>
+  </si>
+  <si>
+    <t>Грудинин Константин</t>
+  </si>
+  <si>
+    <t>Кирьяк Сергей</t>
+  </si>
+  <si>
+    <t>Ермаков Андрей</t>
   </si>
   <si>
     <t>Шехматов Сергей</t>
   </si>
   <si>
-    <t>Кирьяк Сергей</t>
-[...10 lines deleted...]
-  <si>
     <t>Бородин Анатолий</t>
-  </si>
-[...4 lines deleted...]
-    <t>Ермаков Андрей</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="7">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1074,51 +1074,51 @@
       <c r="B11" s="12" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="13"/>
       <c r="D11" s="13"/>
       <c r="E11" s="13"/>
       <c r="F11" s="14"/>
       <c r="G11" s="5" t="s">
         <v>26</v>
       </c>
       <c r="H11" s="6"/>
       <c r="I11" s="6"/>
       <c r="J11" s="6"/>
       <c r="K11" s="6"/>
       <c r="L11" s="6"/>
       <c r="M11" s="8"/>
       <c r="N11" s="6"/>
       <c r="O11" s="6"/>
       <c r="P11" s="6"/>
       <c r="Q11" s="6"/>
       <c r="R11" s="6"/>
       <c r="S11" s="6"/>
     </row>
     <row r="12" spans="1:19">
       <c r="A12" s="5">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B12" s="12" t="s">
         <v>30</v>
       </c>
       <c r="C12" s="13"/>
       <c r="D12" s="13"/>
       <c r="E12" s="13"/>
       <c r="F12" s="14"/>
       <c r="G12" s="5" t="s">
         <v>26</v>
       </c>
       <c r="H12" s="6"/>
       <c r="I12" s="6"/>
       <c r="J12" s="6"/>
       <c r="K12" s="6"/>
       <c r="L12" s="6"/>
       <c r="M12" s="8"/>
       <c r="N12" s="6"/>
       <c r="O12" s="6"/>
       <c r="P12" s="6"/>
       <c r="Q12" s="6"/>
       <c r="R12" s="6"/>
       <c r="S12" s="6"/>
     </row>
     <row r="13" spans="1:19">
@@ -1681,294 +1681,294 @@
       <c r="B34" s="12" t="s">
         <v>47</v>
       </c>
       <c r="C34" s="13"/>
       <c r="D34" s="13"/>
       <c r="E34" s="13"/>
       <c r="F34" s="14"/>
       <c r="G34" s="7" t="s">
         <v>22</v>
       </c>
       <c r="H34" s="7"/>
       <c r="I34" s="7"/>
       <c r="J34" s="7"/>
       <c r="K34" s="7"/>
       <c r="L34" s="7"/>
       <c r="M34" s="7"/>
       <c r="N34" s="7"/>
       <c r="O34" s="7"/>
       <c r="P34" s="7"/>
       <c r="Q34" s="7"/>
       <c r="R34" s="7"/>
       <c r="S34" s="7"/>
     </row>
     <row r="35" spans="1:19">
       <c r="A35" s="7">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="B35" s="12" t="s">
         <v>48</v>
       </c>
       <c r="C35" s="13"/>
       <c r="D35" s="13"/>
       <c r="E35" s="13"/>
       <c r="F35" s="14"/>
       <c r="G35" s="7" t="s">
         <v>22</v>
       </c>
       <c r="H35" s="7"/>
       <c r="I35" s="7"/>
       <c r="J35" s="7"/>
       <c r="K35" s="7"/>
       <c r="L35" s="7"/>
       <c r="M35" s="7"/>
       <c r="N35" s="7"/>
       <c r="O35" s="7"/>
       <c r="P35" s="7"/>
       <c r="Q35" s="7"/>
       <c r="R35" s="7"/>
       <c r="S35" s="7"/>
     </row>
     <row r="36" spans="1:19">
       <c r="A36" s="7">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="B36" s="12" t="s">
         <v>49</v>
       </c>
       <c r="C36" s="13"/>
       <c r="D36" s="13"/>
       <c r="E36" s="13"/>
       <c r="F36" s="14"/>
       <c r="G36" s="7" t="s">
         <v>22</v>
       </c>
       <c r="H36" s="7"/>
       <c r="I36" s="7"/>
       <c r="J36" s="7"/>
       <c r="K36" s="7"/>
       <c r="L36" s="7"/>
       <c r="M36" s="7"/>
       <c r="N36" s="7"/>
       <c r="O36" s="7"/>
       <c r="P36" s="7"/>
       <c r="Q36" s="7"/>
       <c r="R36" s="7"/>
       <c r="S36" s="7"/>
     </row>
     <row r="37" spans="1:19">
       <c r="A37" s="7">
-        <v>32</v>
+        <v>72</v>
       </c>
       <c r="B37" s="12" t="s">
         <v>50</v>
       </c>
       <c r="C37" s="13"/>
       <c r="D37" s="13"/>
       <c r="E37" s="13"/>
       <c r="F37" s="14"/>
       <c r="G37" s="7" t="s">
         <v>26</v>
       </c>
       <c r="H37" s="7"/>
       <c r="I37" s="7"/>
       <c r="J37" s="7"/>
       <c r="K37" s="7"/>
       <c r="L37" s="7"/>
       <c r="M37" s="7"/>
       <c r="N37" s="7"/>
       <c r="O37" s="7"/>
       <c r="P37" s="7"/>
       <c r="Q37" s="7"/>
       <c r="R37" s="7"/>
       <c r="S37" s="7"/>
     </row>
     <row r="38" spans="1:19">
       <c r="A38" s="7">
-        <v>42</v>
+        <v>72</v>
       </c>
       <c r="B38" s="12" t="s">
         <v>51</v>
       </c>
       <c r="C38" s="13"/>
       <c r="D38" s="13"/>
       <c r="E38" s="13"/>
       <c r="F38" s="14"/>
       <c r="G38" s="7" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="H38" s="7"/>
       <c r="I38" s="7"/>
       <c r="J38" s="7"/>
       <c r="K38" s="7"/>
       <c r="L38" s="7"/>
       <c r="M38" s="7"/>
       <c r="N38" s="7"/>
       <c r="O38" s="7"/>
       <c r="P38" s="7"/>
       <c r="Q38" s="7"/>
       <c r="R38" s="7"/>
       <c r="S38" s="7"/>
     </row>
     <row r="39" spans="1:19">
       <c r="A39" s="7">
-        <v>72</v>
+        <v>78</v>
       </c>
       <c r="B39" s="12" t="s">
         <v>52</v>
       </c>
       <c r="C39" s="13"/>
       <c r="D39" s="13"/>
       <c r="E39" s="13"/>
       <c r="F39" s="14"/>
       <c r="G39" s="7" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="H39" s="7"/>
       <c r="I39" s="7"/>
       <c r="J39" s="7"/>
       <c r="K39" s="7"/>
       <c r="L39" s="7"/>
       <c r="M39" s="7"/>
       <c r="N39" s="7"/>
       <c r="O39" s="7"/>
       <c r="P39" s="7"/>
       <c r="Q39" s="7"/>
       <c r="R39" s="7"/>
       <c r="S39" s="7"/>
     </row>
     <row r="40" spans="1:19">
       <c r="A40" s="7">
-        <v>72</v>
+        <v>85</v>
       </c>
       <c r="B40" s="12" t="s">
         <v>53</v>
       </c>
       <c r="C40" s="13"/>
       <c r="D40" s="13"/>
       <c r="E40" s="13"/>
       <c r="F40" s="14"/>
       <c r="G40" s="7" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="H40" s="7"/>
       <c r="I40" s="7"/>
       <c r="J40" s="7"/>
       <c r="K40" s="7"/>
       <c r="L40" s="7"/>
       <c r="M40" s="7"/>
       <c r="N40" s="7"/>
       <c r="O40" s="7"/>
       <c r="P40" s="7"/>
       <c r="Q40" s="7"/>
       <c r="R40" s="7"/>
       <c r="S40" s="7"/>
     </row>
     <row r="41" spans="1:19">
       <c r="A41" s="7">
-        <v>78</v>
+        <v>89</v>
       </c>
       <c r="B41" s="12" t="s">
         <v>54</v>
       </c>
       <c r="C41" s="13"/>
       <c r="D41" s="13"/>
       <c r="E41" s="13"/>
       <c r="F41" s="14"/>
       <c r="G41" s="7" t="s">
         <v>22</v>
       </c>
       <c r="H41" s="7"/>
       <c r="I41" s="7"/>
       <c r="J41" s="7"/>
       <c r="K41" s="7"/>
       <c r="L41" s="7"/>
       <c r="M41" s="7"/>
       <c r="N41" s="7"/>
       <c r="O41" s="7"/>
       <c r="P41" s="7"/>
       <c r="Q41" s="7"/>
       <c r="R41" s="7"/>
       <c r="S41" s="7"/>
     </row>
     <row r="42" spans="1:19">
       <c r="A42" s="7">
-        <v>80</v>
+        <v>91</v>
       </c>
       <c r="B42" s="12" t="s">
         <v>55</v>
       </c>
       <c r="C42" s="13"/>
       <c r="D42" s="13"/>
       <c r="E42" s="13"/>
       <c r="F42" s="14"/>
       <c r="G42" s="7" t="s">
         <v>26</v>
       </c>
       <c r="H42" s="7"/>
       <c r="I42" s="7"/>
       <c r="J42" s="7"/>
       <c r="K42" s="7"/>
       <c r="L42" s="7"/>
       <c r="M42" s="7"/>
       <c r="N42" s="7"/>
       <c r="O42" s="7"/>
       <c r="P42" s="7"/>
       <c r="Q42" s="7"/>
       <c r="R42" s="7"/>
       <c r="S42" s="7"/>
     </row>
     <row r="43" spans="1:19">
       <c r="A43" s="7">
-        <v>85</v>
+        <v>92</v>
       </c>
       <c r="B43" s="12" t="s">
         <v>56</v>
       </c>
       <c r="C43" s="13"/>
       <c r="D43" s="13"/>
       <c r="E43" s="13"/>
       <c r="F43" s="14"/>
       <c r="G43" s="7" t="s">
         <v>26</v>
       </c>
       <c r="H43" s="7"/>
       <c r="I43" s="7"/>
       <c r="J43" s="7"/>
       <c r="K43" s="7"/>
       <c r="L43" s="7"/>
       <c r="M43" s="7"/>
       <c r="N43" s="7"/>
       <c r="O43" s="7"/>
       <c r="P43" s="7"/>
       <c r="Q43" s="7"/>
       <c r="R43" s="7"/>
       <c r="S43" s="7"/>
     </row>
     <row r="44" spans="1:19">
       <c r="A44" s="7">
-        <v>91</v>
+        <v>97</v>
       </c>
       <c r="B44" s="12" t="s">
         <v>57</v>
       </c>
       <c r="C44" s="13"/>
       <c r="D44" s="13"/>
       <c r="E44" s="13"/>
       <c r="F44" s="14"/>
       <c r="G44" s="7" t="s">
         <v>26</v>
       </c>
       <c r="H44" s="7"/>
       <c r="I44" s="7"/>
       <c r="J44" s="7"/>
       <c r="K44" s="7"/>
       <c r="L44" s="7"/>
       <c r="M44" s="7"/>
       <c r="N44" s="7"/>
       <c r="O44" s="7"/>
       <c r="P44" s="7"/>
       <c r="Q44" s="7"/>
       <c r="R44" s="7"/>
       <c r="S44" s="7"/>
     </row>
     <row r="45" spans="1:19">