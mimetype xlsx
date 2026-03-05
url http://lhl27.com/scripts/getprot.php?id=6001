--- v1 (2026-03-04)
+++ v2 (2026-03-05)
@@ -114,54 +114,54 @@
   <si>
     <t>Люкшина Аполлинария</t>
   </si>
   <si>
     <t>Быстренков Сергей</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>Щукин Павел</t>
   </si>
   <si>
     <t>Королев Антон</t>
   </si>
   <si>
     <t>Фролов Андрей</t>
   </si>
   <si>
     <t>Фролов Дмитрий</t>
   </si>
   <si>
     <t>Шаронин Андрей</t>
   </si>
   <si>
+    <t>Александров Владимир</t>
+  </si>
+  <si>
     <t>Ляшенко Дмитрий</t>
-  </si>
-[...1 lines deleted...]
-    <t>Александров Владимир</t>
   </si>
   <si>
     <t>Киселёв Алексей</t>
   </si>
   <si>
     <t>Хавылов Евгений</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>Дюжов Михаил</t>
   </si>
   <si>
     <t>Абанин Дмитрий</t>
   </si>
   <si>
     <t>Борзенко Сергей</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
@@ -1138,78 +1138,78 @@
       <c r="H13" s="6"/>
       <c r="I13" s="6"/>
       <c r="J13" s="6"/>
       <c r="K13" s="6"/>
       <c r="L13" s="6"/>
       <c r="M13" s="8"/>
       <c r="N13" s="6"/>
       <c r="O13" s="6"/>
       <c r="P13" s="6"/>
       <c r="Q13" s="6"/>
       <c r="R13" s="6"/>
       <c r="S13" s="6"/>
     </row>
     <row r="14" spans="1:19">
       <c r="A14" s="5">
         <v>44</v>
       </c>
       <c r="B14" s="12" t="s">
         <v>32</v>
       </c>
       <c r="C14" s="13"/>
       <c r="D14" s="13"/>
       <c r="E14" s="13"/>
       <c r="F14" s="14"/>
       <c r="G14" s="5" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="H14" s="6"/>
       <c r="I14" s="6"/>
       <c r="J14" s="6"/>
       <c r="K14" s="6"/>
       <c r="L14" s="6"/>
       <c r="M14" s="8"/>
       <c r="N14" s="6"/>
       <c r="O14" s="6"/>
       <c r="P14" s="6"/>
       <c r="Q14" s="6"/>
       <c r="R14" s="6"/>
       <c r="S14" s="6"/>
     </row>
     <row r="15" spans="1:19">
       <c r="A15" s="5">
         <v>44</v>
       </c>
       <c r="B15" s="12" t="s">
         <v>33</v>
       </c>
       <c r="C15" s="13"/>
       <c r="D15" s="13"/>
       <c r="E15" s="13"/>
       <c r="F15" s="14"/>
       <c r="G15" s="5" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="H15" s="6"/>
       <c r="I15" s="6"/>
       <c r="J15" s="6"/>
       <c r="K15" s="6"/>
       <c r="L15" s="6"/>
       <c r="M15" s="8"/>
       <c r="N15" s="6"/>
       <c r="O15" s="6"/>
       <c r="P15" s="6"/>
       <c r="Q15" s="6"/>
       <c r="R15" s="6"/>
       <c r="S15" s="6"/>
     </row>
     <row r="16" spans="1:19">
       <c r="A16" s="5">
         <v>52</v>
       </c>
       <c r="B16" s="12" t="s">
         <v>34</v>
       </c>
       <c r="C16" s="13"/>
       <c r="D16" s="13"/>
       <c r="E16" s="13"/>
       <c r="F16" s="14"/>