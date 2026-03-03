--- v0 (2025-12-10)
+++ v1 (2026-03-03)
@@ -96,54 +96,54 @@
   <si>
     <t>Пр</t>
   </si>
   <si>
     <t>Нач</t>
   </si>
   <si>
     <t>Окон</t>
   </si>
   <si>
     <t>Небесных Василий</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>Попов Александр</t>
   </si>
   <si>
     <t>Бондаренко Владимир</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
+    <t>Андриевский Андрей</t>
+  </si>
+  <si>
     <t>Коршунов Артём</t>
-  </si>
-[...1 lines deleted...]
-    <t>Андриевский Андрей</t>
   </si>
   <si>
     <t>Пыхалов Михаил</t>
   </si>
   <si>
     <t>Богач Владислав</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>Казачок Сергей</t>
   </si>
   <si>
     <t>Московцев Сергей</t>
   </si>
   <si>
     <t>Трегубенко Максим</t>
   </si>
   <si>
     <t>Левин Константин</t>
   </si>
   <si>
     <t>Смолягин Кирилл</t>
   </si>
@@ -966,88 +966,88 @@
       <c r="B7" s="12" t="s">
         <v>24</v>
       </c>
       <c r="C7" s="13"/>
       <c r="D7" s="13"/>
       <c r="E7" s="13"/>
       <c r="F7" s="14"/>
       <c r="G7" s="5" t="s">
         <v>25</v>
       </c>
       <c r="H7" s="6"/>
       <c r="I7" s="6"/>
       <c r="J7" s="6"/>
       <c r="K7" s="6"/>
       <c r="L7" s="6"/>
       <c r="M7" s="8"/>
       <c r="N7" s="6"/>
       <c r="O7" s="6"/>
       <c r="P7" s="6"/>
       <c r="Q7" s="6"/>
       <c r="R7" s="6"/>
       <c r="S7" s="6"/>
     </row>
     <row r="8" spans="1:19">
       <c r="A8" s="5">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="B8" s="12" t="s">
         <v>26</v>
       </c>
       <c r="C8" s="13"/>
       <c r="D8" s="13"/>
       <c r="E8" s="13"/>
       <c r="F8" s="14"/>
       <c r="G8" s="5" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="H8" s="6"/>
       <c r="I8" s="6"/>
       <c r="J8" s="6"/>
       <c r="K8" s="6"/>
       <c r="L8" s="6"/>
       <c r="M8" s="8"/>
       <c r="N8" s="6"/>
       <c r="O8" s="6"/>
       <c r="P8" s="6"/>
       <c r="Q8" s="6"/>
       <c r="R8" s="6"/>
       <c r="S8" s="6"/>
     </row>
     <row r="9" spans="1:19">
       <c r="A9" s="5">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="B9" s="12" t="s">
         <v>27</v>
       </c>
       <c r="C9" s="13"/>
       <c r="D9" s="13"/>
       <c r="E9" s="13"/>
       <c r="F9" s="14"/>
       <c r="G9" s="5" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="H9" s="6"/>
       <c r="I9" s="6"/>
       <c r="J9" s="6"/>
       <c r="K9" s="6"/>
       <c r="L9" s="6"/>
       <c r="M9" s="8"/>
       <c r="N9" s="6"/>
       <c r="O9" s="6"/>
       <c r="P9" s="6"/>
       <c r="Q9" s="6"/>
       <c r="R9" s="6"/>
       <c r="S9" s="6"/>
     </row>
     <row r="10" spans="1:19">
       <c r="A10" s="5">
         <v>32</v>
       </c>
       <c r="B10" s="12" t="s">
         <v>28</v>
       </c>
       <c r="C10" s="13"/>
       <c r="D10" s="13"/>
       <c r="E10" s="13"/>
       <c r="F10" s="14"/>