--- v0 (2025-12-08)
+++ v1 (2026-03-03)
@@ -1834,51 +1834,51 @@
       <c r="B37" s="12" t="s">
         <v>55</v>
       </c>
       <c r="C37" s="13"/>
       <c r="D37" s="13"/>
       <c r="E37" s="13"/>
       <c r="F37" s="14"/>
       <c r="G37" s="7" t="s">
         <v>35</v>
       </c>
       <c r="H37" s="7"/>
       <c r="I37" s="7"/>
       <c r="J37" s="7"/>
       <c r="K37" s="7"/>
       <c r="L37" s="7"/>
       <c r="M37" s="7"/>
       <c r="N37" s="7"/>
       <c r="O37" s="7"/>
       <c r="P37" s="7"/>
       <c r="Q37" s="7"/>
       <c r="R37" s="7"/>
       <c r="S37" s="7"/>
     </row>
     <row r="38" spans="1:19">
       <c r="A38" s="7">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B38" s="12" t="s">
         <v>56</v>
       </c>
       <c r="C38" s="13"/>
       <c r="D38" s="13"/>
       <c r="E38" s="13"/>
       <c r="F38" s="14"/>
       <c r="G38" s="7" t="s">
         <v>35</v>
       </c>
       <c r="H38" s="7"/>
       <c r="I38" s="7"/>
       <c r="J38" s="7"/>
       <c r="K38" s="7"/>
       <c r="L38" s="7"/>
       <c r="M38" s="7"/>
       <c r="N38" s="7"/>
       <c r="O38" s="7"/>
       <c r="P38" s="7"/>
       <c r="Q38" s="7"/>
       <c r="R38" s="7"/>
       <c r="S38" s="7"/>
     </row>
     <row r="39" spans="1:19">