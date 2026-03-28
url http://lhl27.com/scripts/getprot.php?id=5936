--- v0 (2025-12-07)
+++ v1 (2026-03-28)
@@ -93,81 +93,81 @@
   <si>
     <t xml:space="preserve">Шт </t>
   </si>
   <si>
     <t>Пр</t>
   </si>
   <si>
     <t>Нач</t>
   </si>
   <si>
     <t>Окон</t>
   </si>
   <si>
     <t>Лалетин Артем</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>06:50</t>
   </si>
   <si>
     <t>13:45</t>
   </si>
   <si>
+    <t>Агапов Виктор</t>
+  </si>
+  <si>
+    <t>Нп</t>
+  </si>
+  <si>
+    <t>12:15</t>
+  </si>
+  <si>
+    <t>17:50</t>
+  </si>
+  <si>
+    <t>Дорофеев Евгений</t>
+  </si>
+  <si>
+    <t>31:35</t>
+  </si>
+  <si>
+    <t>Коробков Роман</t>
+  </si>
+  <si>
+    <t>Зщ</t>
+  </si>
+  <si>
+    <t>Рыженков Дмитрий</t>
+  </si>
+  <si>
+    <t>Меркулов Игорь</t>
+  </si>
+  <si>
     <t>Шептун Дмитрий</t>
-  </si>
-[...28 lines deleted...]
-    <t>Меркулов Игорь</t>
   </si>
   <si>
     <t>Паутов Павел</t>
   </si>
   <si>
     <t>Шеянов Кирилл</t>
   </si>
   <si>
     <t>Ватрушкин Александр</t>
   </si>
   <si>
     <t>Логинов Сергей</t>
   </si>
   <si>
     <t>Кондратов Пвел</t>
   </si>
   <si>
     <t>Коньков Кирилл</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
@@ -978,212 +978,212 @@
         <v>9</v>
       </c>
       <c r="L5" s="5">
         <v>66</v>
       </c>
       <c r="M5" s="8">
         <v>0</v>
       </c>
       <c r="N5" s="6" t="s">
         <v>24</v>
       </c>
       <c r="O5" s="6">
         <v>66</v>
       </c>
       <c r="P5" s="6">
         <v>2</v>
       </c>
       <c r="Q5" s="6">
         <v>5</v>
       </c>
       <c r="R5" s="6"/>
       <c r="S5" s="6"/>
     </row>
     <row r="6" spans="1:19">
       <c r="A6" s="5">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="B6" s="12" t="s">
         <v>25</v>
       </c>
       <c r="C6" s="13"/>
       <c r="D6" s="13"/>
       <c r="E6" s="13"/>
       <c r="F6" s="14"/>
       <c r="G6" s="5" t="s">
         <v>26</v>
       </c>
       <c r="H6" s="6">
         <v>2</v>
       </c>
       <c r="I6" s="6"/>
       <c r="J6" s="6" t="s">
         <v>27</v>
       </c>
       <c r="K6" s="6">
         <v>16</v>
       </c>
       <c r="L6" s="6">
         <v>8</v>
       </c>
       <c r="M6" s="8">
         <v>0</v>
       </c>
       <c r="N6" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O6" s="6">
         <v>9</v>
       </c>
       <c r="P6" s="6">
         <v>2</v>
       </c>
       <c r="Q6" s="6">
         <v>1</v>
       </c>
       <c r="R6" s="6"/>
       <c r="S6" s="6"/>
     </row>
     <row r="7" spans="1:19">
       <c r="A7" s="5">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="B7" s="12" t="s">
         <v>29</v>
       </c>
       <c r="C7" s="13"/>
       <c r="D7" s="13"/>
       <c r="E7" s="13"/>
       <c r="F7" s="14"/>
       <c r="G7" s="5" t="s">
         <v>26</v>
       </c>
       <c r="H7" s="6"/>
       <c r="I7" s="6"/>
       <c r="J7" s="6"/>
       <c r="K7" s="6"/>
       <c r="L7" s="6"/>
       <c r="M7" s="8"/>
       <c r="N7" s="6" t="s">
         <v>30</v>
       </c>
       <c r="O7" s="6">
         <v>7</v>
       </c>
       <c r="P7" s="6">
         <v>2</v>
       </c>
       <c r="Q7" s="6">
         <v>19</v>
       </c>
       <c r="R7" s="6"/>
       <c r="S7" s="6"/>
     </row>
     <row r="8" spans="1:19">
       <c r="A8" s="5">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="B8" s="12" t="s">
         <v>31</v>
       </c>
       <c r="C8" s="13"/>
       <c r="D8" s="13"/>
       <c r="E8" s="13"/>
       <c r="F8" s="14"/>
       <c r="G8" s="5" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="H8" s="6"/>
       <c r="I8" s="6"/>
       <c r="J8" s="6"/>
       <c r="K8" s="6"/>
       <c r="L8" s="6"/>
       <c r="M8" s="8"/>
       <c r="N8" s="6"/>
       <c r="O8" s="6"/>
       <c r="P8" s="6"/>
       <c r="Q8" s="6"/>
       <c r="R8" s="6"/>
       <c r="S8" s="6"/>
     </row>
     <row r="9" spans="1:19">
       <c r="A9" s="5">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="B9" s="12" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C9" s="13"/>
       <c r="D9" s="13"/>
       <c r="E9" s="13"/>
       <c r="F9" s="14"/>
       <c r="G9" s="5" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="H9" s="6"/>
       <c r="I9" s="6"/>
       <c r="J9" s="6"/>
       <c r="K9" s="6"/>
       <c r="L9" s="6"/>
       <c r="M9" s="8"/>
       <c r="N9" s="6"/>
       <c r="O9" s="6"/>
       <c r="P9" s="6"/>
       <c r="Q9" s="6"/>
       <c r="R9" s="6"/>
       <c r="S9" s="6"/>
     </row>
     <row r="10" spans="1:19">
       <c r="A10" s="5">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="B10" s="12" t="s">
         <v>34</v>
       </c>
       <c r="C10" s="13"/>
       <c r="D10" s="13"/>
       <c r="E10" s="13"/>
       <c r="F10" s="14"/>
       <c r="G10" s="5" t="s">
-        <v>33</v>
+        <v>26</v>
       </c>
       <c r="H10" s="6"/>
       <c r="I10" s="6"/>
       <c r="J10" s="6"/>
       <c r="K10" s="6"/>
       <c r="L10" s="6"/>
       <c r="M10" s="8"/>
       <c r="N10" s="6"/>
       <c r="O10" s="6"/>
       <c r="P10" s="6"/>
       <c r="Q10" s="6"/>
       <c r="R10" s="6"/>
       <c r="S10" s="6"/>
     </row>
     <row r="11" spans="1:19">
       <c r="A11" s="5">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="B11" s="12" t="s">
         <v>35</v>
       </c>
       <c r="C11" s="13"/>
       <c r="D11" s="13"/>
       <c r="E11" s="13"/>
       <c r="F11" s="14"/>
       <c r="G11" s="5" t="s">
         <v>26</v>
       </c>
       <c r="H11" s="6"/>
       <c r="I11" s="6"/>
       <c r="J11" s="6"/>
       <c r="K11" s="6"/>
       <c r="L11" s="6"/>
       <c r="M11" s="8"/>
       <c r="N11" s="6"/>
       <c r="O11" s="6"/>
       <c r="P11" s="6"/>
       <c r="Q11" s="6"/>
       <c r="R11" s="6"/>
       <c r="S11" s="6"/>
     </row>
     <row r="12" spans="1:19">
@@ -1203,78 +1203,78 @@
       <c r="H12" s="6"/>
       <c r="I12" s="6"/>
       <c r="J12" s="6"/>
       <c r="K12" s="6"/>
       <c r="L12" s="6"/>
       <c r="M12" s="8"/>
       <c r="N12" s="6"/>
       <c r="O12" s="6"/>
       <c r="P12" s="6"/>
       <c r="Q12" s="6"/>
       <c r="R12" s="6"/>
       <c r="S12" s="6"/>
     </row>
     <row r="13" spans="1:19">
       <c r="A13" s="5">
         <v>69</v>
       </c>
       <c r="B13" s="12" t="s">
         <v>37</v>
       </c>
       <c r="C13" s="13"/>
       <c r="D13" s="13"/>
       <c r="E13" s="13"/>
       <c r="F13" s="14"/>
       <c r="G13" s="5" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="H13" s="6"/>
       <c r="I13" s="6"/>
       <c r="J13" s="6"/>
       <c r="K13" s="6"/>
       <c r="L13" s="6"/>
       <c r="M13" s="8"/>
       <c r="N13" s="6"/>
       <c r="O13" s="6"/>
       <c r="P13" s="6"/>
       <c r="Q13" s="6"/>
       <c r="R13" s="6"/>
       <c r="S13" s="6"/>
     </row>
     <row r="14" spans="1:19">
       <c r="A14" s="5">
         <v>85</v>
       </c>
       <c r="B14" s="12" t="s">
         <v>38</v>
       </c>
       <c r="C14" s="13"/>
       <c r="D14" s="13"/>
       <c r="E14" s="13"/>
       <c r="F14" s="14"/>
       <c r="G14" s="5" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="H14" s="6"/>
       <c r="I14" s="6"/>
       <c r="J14" s="6"/>
       <c r="K14" s="6"/>
       <c r="L14" s="6"/>
       <c r="M14" s="8"/>
       <c r="N14" s="6"/>
       <c r="O14" s="6"/>
       <c r="P14" s="6"/>
       <c r="Q14" s="6"/>
       <c r="R14" s="6"/>
       <c r="S14" s="6"/>
     </row>
     <row r="15" spans="1:19">
       <c r="A15" s="5">
         <v>96</v>
       </c>
       <c r="B15" s="12" t="s">
         <v>39</v>
       </c>
       <c r="C15" s="13"/>
       <c r="D15" s="13"/>
       <c r="E15" s="13"/>
       <c r="F15" s="14"/>
@@ -1284,51 +1284,51 @@
       <c r="H15" s="6"/>
       <c r="I15" s="6"/>
       <c r="J15" s="6"/>
       <c r="K15" s="6"/>
       <c r="L15" s="6"/>
       <c r="M15" s="8"/>
       <c r="N15" s="6"/>
       <c r="O15" s="6"/>
       <c r="P15" s="6"/>
       <c r="Q15" s="6"/>
       <c r="R15" s="6"/>
       <c r="S15" s="6"/>
     </row>
     <row r="16" spans="1:19">
       <c r="A16" s="5">
         <v>97</v>
       </c>
       <c r="B16" s="12" t="s">
         <v>40</v>
       </c>
       <c r="C16" s="13"/>
       <c r="D16" s="13"/>
       <c r="E16" s="13"/>
       <c r="F16" s="14"/>
       <c r="G16" s="5" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="H16" s="6"/>
       <c r="I16" s="6"/>
       <c r="J16" s="6"/>
       <c r="K16" s="6"/>
       <c r="L16" s="6"/>
       <c r="M16" s="8"/>
       <c r="N16" s="6"/>
       <c r="O16" s="6"/>
       <c r="P16" s="6"/>
       <c r="Q16" s="6"/>
       <c r="R16" s="6"/>
       <c r="S16" s="6"/>
     </row>
     <row r="17" spans="1:19">
       <c r="A17" s="5">
         <v>98</v>
       </c>
       <c r="B17" s="12" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="13"/>
       <c r="D17" s="13"/>
       <c r="E17" s="13"/>
       <c r="F17" s="14"/>
@@ -1720,51 +1720,51 @@
       </c>
       <c r="O31" s="7">
         <v>12</v>
       </c>
       <c r="P31" s="7">
         <v>2</v>
       </c>
       <c r="Q31" s="7">
         <v>19</v>
       </c>
       <c r="R31" s="7"/>
       <c r="S31" s="7"/>
     </row>
     <row r="32" spans="1:19">
       <c r="A32" s="7">
         <v>29</v>
       </c>
       <c r="B32" s="12" t="s">
         <v>50</v>
       </c>
       <c r="C32" s="13"/>
       <c r="D32" s="13"/>
       <c r="E32" s="13"/>
       <c r="F32" s="14"/>
       <c r="G32" s="7" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="H32" s="7">
         <v>3</v>
       </c>
       <c r="I32" s="7" t="s">
         <v>51</v>
       </c>
       <c r="J32" s="7" t="s">
         <v>52</v>
       </c>
       <c r="K32" s="7">
         <v>47</v>
       </c>
       <c r="L32" s="7">
         <v>81</v>
       </c>
       <c r="M32" s="7">
         <v>29</v>
       </c>
       <c r="N32" s="7" t="s">
         <v>53</v>
       </c>
       <c r="O32" s="7">
         <v>92</v>
       </c>
@@ -1804,88 +1804,88 @@
       <c r="L33" s="7">
         <v>88</v>
       </c>
       <c r="M33" s="7">
         <v>12</v>
       </c>
       <c r="N33" s="7"/>
       <c r="O33" s="7"/>
       <c r="P33" s="7"/>
       <c r="Q33" s="7"/>
       <c r="R33" s="7"/>
       <c r="S33" s="7"/>
     </row>
     <row r="34" spans="1:19">
       <c r="A34" s="7">
         <v>37</v>
       </c>
       <c r="B34" s="12" t="s">
         <v>56</v>
       </c>
       <c r="C34" s="13"/>
       <c r="D34" s="13"/>
       <c r="E34" s="13"/>
       <c r="F34" s="14"/>
       <c r="G34" s="7" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="H34" s="7">
         <v>5</v>
       </c>
       <c r="I34" s="7"/>
       <c r="J34" s="7" t="s">
         <v>57</v>
       </c>
       <c r="K34" s="7">
         <v>92</v>
       </c>
       <c r="L34" s="7">
         <v>12</v>
       </c>
       <c r="M34" s="7">
         <v>47</v>
       </c>
       <c r="N34" s="7"/>
       <c r="O34" s="7"/>
       <c r="P34" s="7"/>
       <c r="Q34" s="7"/>
       <c r="R34" s="7"/>
       <c r="S34" s="7"/>
     </row>
     <row r="35" spans="1:19">
       <c r="A35" s="7">
         <v>45</v>
       </c>
       <c r="B35" s="12" t="s">
         <v>58</v>
       </c>
       <c r="C35" s="13"/>
       <c r="D35" s="13"/>
       <c r="E35" s="13"/>
       <c r="F35" s="14"/>
       <c r="G35" s="7" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="H35" s="7">
         <v>6</v>
       </c>
       <c r="I35" s="7"/>
       <c r="J35" s="7" t="s">
         <v>59</v>
       </c>
       <c r="K35" s="7">
         <v>47</v>
       </c>
       <c r="L35" s="7">
         <v>29</v>
       </c>
       <c r="M35" s="7">
         <v>32</v>
       </c>
       <c r="N35" s="7"/>
       <c r="O35" s="7"/>
       <c r="P35" s="7"/>
       <c r="Q35" s="7"/>
       <c r="R35" s="7"/>
       <c r="S35" s="7"/>
     </row>
     <row r="36" spans="1:19">
@@ -1952,51 +1952,51 @@
       <c r="L37" s="7">
         <v>81</v>
       </c>
       <c r="M37" s="7">
         <v>0</v>
       </c>
       <c r="N37" s="7"/>
       <c r="O37" s="7"/>
       <c r="P37" s="7"/>
       <c r="Q37" s="7"/>
       <c r="R37" s="7"/>
       <c r="S37" s="7"/>
     </row>
     <row r="38" spans="1:19">
       <c r="A38" s="7">
         <v>68</v>
       </c>
       <c r="B38" s="12" t="s">
         <v>64</v>
       </c>
       <c r="C38" s="13"/>
       <c r="D38" s="13"/>
       <c r="E38" s="13"/>
       <c r="F38" s="14"/>
       <c r="G38" s="7" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="H38" s="7">
         <v>9</v>
       </c>
       <c r="I38" s="7"/>
       <c r="J38" s="7" t="s">
         <v>65</v>
       </c>
       <c r="K38" s="7">
         <v>85</v>
       </c>
       <c r="L38" s="7">
         <v>81</v>
       </c>
       <c r="M38" s="7">
         <v>10</v>
       </c>
       <c r="N38" s="7"/>
       <c r="O38" s="7"/>
       <c r="P38" s="7"/>
       <c r="Q38" s="7"/>
       <c r="R38" s="7"/>
       <c r="S38" s="7"/>
     </row>
     <row r="39" spans="1:19">