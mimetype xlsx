--- v0 (2025-12-08)
+++ v1 (2025-12-09)
@@ -99,63 +99,63 @@
   <si>
     <t>Нач</t>
   </si>
   <si>
     <t>Окон</t>
   </si>
   <si>
     <t>Лисовский Игорь</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>12:50</t>
   </si>
   <si>
     <t>24:20</t>
   </si>
   <si>
     <t>Туезов Владислав</t>
   </si>
   <si>
     <t>14:55</t>
   </si>
   <si>
+    <t>Середа Андрей</t>
+  </si>
+  <si>
+    <t>Зщ</t>
+  </si>
+  <si>
+    <t>+1</t>
+  </si>
+  <si>
+    <t>18:20</t>
+  </si>
+  <si>
     <t>Ольмезов Александр</t>
-  </si>
-[...10 lines deleted...]
-    <t>Зщ</t>
   </si>
   <si>
     <t>44:05</t>
   </si>
   <si>
     <t>Полубоярцев Егор</t>
   </si>
   <si>
     <t>Васильев Кирилл</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>Волошенко Артем</t>
   </si>
   <si>
     <t>Коршунов Виктор</t>
   </si>
   <si>
     <t>Лопатин Евгений</t>
   </si>
   <si>
     <t>Марченко Кирилл</t>
   </si>
@@ -1001,90 +1001,90 @@
       <c r="L6" s="6">
         <v>8</v>
       </c>
       <c r="M6" s="8">
         <v>90</v>
       </c>
       <c r="N6" s="6"/>
       <c r="O6" s="6"/>
       <c r="P6" s="6"/>
       <c r="Q6" s="6"/>
       <c r="R6" s="6"/>
       <c r="S6" s="6"/>
     </row>
     <row r="7" spans="1:19">
       <c r="A7" s="5">
         <v>22</v>
       </c>
       <c r="B7" s="12" t="s">
         <v>27</v>
       </c>
       <c r="C7" s="13"/>
       <c r="D7" s="13"/>
       <c r="E7" s="13"/>
       <c r="F7" s="14"/>
       <c r="G7" s="5" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="H7" s="6">
         <v>3</v>
       </c>
       <c r="I7" s="6" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="J7" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="K7" s="6">
         <v>8</v>
       </c>
       <c r="L7" s="6">
         <v>22</v>
       </c>
       <c r="M7" s="8">
         <v>0</v>
       </c>
       <c r="N7" s="6"/>
       <c r="O7" s="6"/>
       <c r="P7" s="6"/>
       <c r="Q7" s="6"/>
       <c r="R7" s="6"/>
       <c r="S7" s="6"/>
     </row>
     <row r="8" spans="1:19">
       <c r="A8" s="5">
         <v>22</v>
       </c>
       <c r="B8" s="12" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C8" s="13"/>
       <c r="D8" s="13"/>
       <c r="E8" s="13"/>
       <c r="F8" s="14"/>
       <c r="G8" s="5" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="H8" s="6">
         <v>4</v>
       </c>
       <c r="I8" s="6"/>
       <c r="J8" s="6" t="s">
         <v>32</v>
       </c>
       <c r="K8" s="6">
         <v>71</v>
       </c>
       <c r="L8" s="6">
         <v>0</v>
       </c>
       <c r="M8" s="8">
         <v>0</v>
       </c>
       <c r="N8" s="6"/>
       <c r="O8" s="6"/>
       <c r="P8" s="6"/>
       <c r="Q8" s="6"/>
       <c r="R8" s="6"/>
       <c r="S8" s="6"/>
     </row>
     <row r="9" spans="1:19">
@@ -1131,105 +1131,105 @@
       <c r="H10" s="6"/>
       <c r="I10" s="6"/>
       <c r="J10" s="6"/>
       <c r="K10" s="6"/>
       <c r="L10" s="6"/>
       <c r="M10" s="8"/>
       <c r="N10" s="6"/>
       <c r="O10" s="6"/>
       <c r="P10" s="6"/>
       <c r="Q10" s="6"/>
       <c r="R10" s="6"/>
       <c r="S10" s="6"/>
     </row>
     <row r="11" spans="1:19">
       <c r="A11" s="5">
         <v>55</v>
       </c>
       <c r="B11" s="12" t="s">
         <v>36</v>
       </c>
       <c r="C11" s="13"/>
       <c r="D11" s="13"/>
       <c r="E11" s="13"/>
       <c r="F11" s="14"/>
       <c r="G11" s="5" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="H11" s="6"/>
       <c r="I11" s="6"/>
       <c r="J11" s="6"/>
       <c r="K11" s="6"/>
       <c r="L11" s="6"/>
       <c r="M11" s="8"/>
       <c r="N11" s="6"/>
       <c r="O11" s="6"/>
       <c r="P11" s="6"/>
       <c r="Q11" s="6"/>
       <c r="R11" s="6"/>
       <c r="S11" s="6"/>
     </row>
     <row r="12" spans="1:19">
       <c r="A12" s="5">
         <v>68</v>
       </c>
       <c r="B12" s="12" t="s">
         <v>37</v>
       </c>
       <c r="C12" s="13"/>
       <c r="D12" s="13"/>
       <c r="E12" s="13"/>
       <c r="F12" s="14"/>
       <c r="G12" s="5" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="H12" s="6"/>
       <c r="I12" s="6"/>
       <c r="J12" s="6"/>
       <c r="K12" s="6"/>
       <c r="L12" s="6"/>
       <c r="M12" s="8"/>
       <c r="N12" s="6"/>
       <c r="O12" s="6"/>
       <c r="P12" s="6"/>
       <c r="Q12" s="6"/>
       <c r="R12" s="6"/>
       <c r="S12" s="6"/>
     </row>
     <row r="13" spans="1:19">
       <c r="A13" s="5">
         <v>71</v>
       </c>
       <c r="B13" s="12" t="s">
         <v>38</v>
       </c>
       <c r="C13" s="13"/>
       <c r="D13" s="13"/>
       <c r="E13" s="13"/>
       <c r="F13" s="14"/>
       <c r="G13" s="5" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="H13" s="6"/>
       <c r="I13" s="6"/>
       <c r="J13" s="6"/>
       <c r="K13" s="6"/>
       <c r="L13" s="6"/>
       <c r="M13" s="8"/>
       <c r="N13" s="6"/>
       <c r="O13" s="6"/>
       <c r="P13" s="6"/>
       <c r="Q13" s="6"/>
       <c r="R13" s="6"/>
       <c r="S13" s="6"/>
     </row>
     <row r="14" spans="1:19">
       <c r="A14" s="5">
         <v>84</v>
       </c>
       <c r="B14" s="12" t="s">
         <v>39</v>
       </c>
       <c r="C14" s="13"/>
       <c r="D14" s="13"/>
       <c r="E14" s="13"/>
       <c r="F14" s="14"/>
@@ -1293,51 +1293,51 @@
       <c r="H16" s="6"/>
       <c r="I16" s="6"/>
       <c r="J16" s="6"/>
       <c r="K16" s="6"/>
       <c r="L16" s="6"/>
       <c r="M16" s="8"/>
       <c r="N16" s="6"/>
       <c r="O16" s="6"/>
       <c r="P16" s="6"/>
       <c r="Q16" s="6"/>
       <c r="R16" s="6"/>
       <c r="S16" s="6"/>
     </row>
     <row r="17" spans="1:19">
       <c r="A17" s="5">
         <v>98</v>
       </c>
       <c r="B17" s="12" t="s">
         <v>42</v>
       </c>
       <c r="C17" s="13"/>
       <c r="D17" s="13"/>
       <c r="E17" s="13"/>
       <c r="F17" s="14"/>
       <c r="G17" s="5" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="H17" s="6"/>
       <c r="I17" s="6"/>
       <c r="J17" s="6"/>
       <c r="K17" s="6"/>
       <c r="L17" s="6"/>
       <c r="M17" s="8"/>
       <c r="N17" s="6"/>
       <c r="O17" s="6"/>
       <c r="P17" s="6"/>
       <c r="Q17" s="6"/>
       <c r="R17" s="6"/>
       <c r="S17" s="6"/>
     </row>
     <row r="18" spans="1:19">
       <c r="A18" s="5">
         <v>99</v>
       </c>
       <c r="B18" s="12" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="13"/>
       <c r="D18" s="13"/>
       <c r="E18" s="13"/>
       <c r="F18" s="14"/>
@@ -1802,51 +1802,51 @@
       <c r="H35" s="7"/>
       <c r="I35" s="7"/>
       <c r="J35" s="7"/>
       <c r="K35" s="7"/>
       <c r="L35" s="7"/>
       <c r="M35" s="7"/>
       <c r="N35" s="7"/>
       <c r="O35" s="7"/>
       <c r="P35" s="7"/>
       <c r="Q35" s="7"/>
       <c r="R35" s="7"/>
       <c r="S35" s="7"/>
     </row>
     <row r="36" spans="1:19">
       <c r="A36" s="7">
         <v>39</v>
       </c>
       <c r="B36" s="12" t="s">
         <v>56</v>
       </c>
       <c r="C36" s="13"/>
       <c r="D36" s="13"/>
       <c r="E36" s="13"/>
       <c r="F36" s="14"/>
       <c r="G36" s="7" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="H36" s="7"/>
       <c r="I36" s="7"/>
       <c r="J36" s="7"/>
       <c r="K36" s="7"/>
       <c r="L36" s="7"/>
       <c r="M36" s="7"/>
       <c r="N36" s="7"/>
       <c r="O36" s="7"/>
       <c r="P36" s="7"/>
       <c r="Q36" s="7"/>
       <c r="R36" s="7"/>
       <c r="S36" s="7"/>
     </row>
     <row r="37" spans="1:19">
       <c r="A37" s="7">
         <v>69</v>
       </c>
       <c r="B37" s="12" t="s">
         <v>57</v>
       </c>
       <c r="C37" s="13"/>
       <c r="D37" s="13"/>
       <c r="E37" s="13"/>
       <c r="F37" s="14"/>
@@ -1910,51 +1910,51 @@
       <c r="H39" s="7"/>
       <c r="I39" s="7"/>
       <c r="J39" s="7"/>
       <c r="K39" s="7"/>
       <c r="L39" s="7"/>
       <c r="M39" s="7"/>
       <c r="N39" s="7"/>
       <c r="O39" s="7"/>
       <c r="P39" s="7"/>
       <c r="Q39" s="7"/>
       <c r="R39" s="7"/>
       <c r="S39" s="7"/>
     </row>
     <row r="40" spans="1:19">
       <c r="A40" s="7">
         <v>84</v>
       </c>
       <c r="B40" s="12" t="s">
         <v>60</v>
       </c>
       <c r="C40" s="13"/>
       <c r="D40" s="13"/>
       <c r="E40" s="13"/>
       <c r="F40" s="14"/>
       <c r="G40" s="7" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="H40" s="7"/>
       <c r="I40" s="7"/>
       <c r="J40" s="7"/>
       <c r="K40" s="7"/>
       <c r="L40" s="7"/>
       <c r="M40" s="7"/>
       <c r="N40" s="7"/>
       <c r="O40" s="7"/>
       <c r="P40" s="7"/>
       <c r="Q40" s="7"/>
       <c r="R40" s="7"/>
       <c r="S40" s="7"/>
     </row>
     <row r="41" spans="1:19">
       <c r="A41" s="7">
         <v>88</v>
       </c>
       <c r="B41" s="12" t="s">
         <v>61</v>
       </c>
       <c r="C41" s="13"/>
       <c r="D41" s="13"/>
       <c r="E41" s="13"/>
       <c r="F41" s="14"/>