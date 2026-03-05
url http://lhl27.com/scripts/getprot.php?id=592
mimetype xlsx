--- v0 (2026-03-04)
+++ v1 (2026-03-05)
@@ -150,96 +150,96 @@
   <si>
     <t>Двадненко Василий</t>
   </si>
   <si>
     <t>Козырев Вячеслав</t>
   </si>
   <si>
     <t>Касьяненко Андрей</t>
   </si>
   <si>
     <t>Чигиринских Роман</t>
   </si>
   <si>
     <t>Кулик Александр</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>Маслов Александр</t>
   </si>
   <si>
     <t>Реут Андрей</t>
   </si>
   <si>
+    <t>Пасека Денис</t>
+  </si>
+  <si>
     <t>Линьков Юрий</t>
   </si>
   <si>
-    <t>Пасека Денис</t>
-[...1 lines deleted...]
-  <si>
     <t>Кассович Александр</t>
   </si>
   <si>
+    <t>Моисейчик Дмитрий</t>
+  </si>
+  <si>
     <t>Вятский Павел</t>
   </si>
   <si>
-    <t>Моисейчик Дмитрий</t>
-[...1 lines deleted...]
-  <si>
     <t>Никитюк Кирилл</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Торнадо»</t>
   </si>
   <si>
     <t>Агапов Виктор</t>
   </si>
   <si>
     <t>05:06</t>
   </si>
   <si>
     <t>00:00</t>
   </si>
   <si>
     <t>02:00</t>
   </si>
   <si>
+    <t>Катрич Дмитрий</t>
+  </si>
+  <si>
+    <t>19:18</t>
+  </si>
+  <si>
     <t>Бережных Анатолий</t>
-  </si>
-[...4 lines deleted...]
-    <t>Катрич Дмитрий</t>
   </si>
   <si>
     <t>38:28</t>
   </si>
   <si>
     <t>Кувшинов Сергей</t>
   </si>
   <si>
     <t>43:09</t>
   </si>
   <si>
     <t>Лебедев Юрий</t>
   </si>
   <si>
     <t>Ромашкин Евгений</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
@@ -1696,88 +1696,88 @@
       <c r="P30" s="7">
         <v>2</v>
       </c>
       <c r="Q30" s="7">
         <v>0</v>
       </c>
       <c r="R30" s="7" t="s">
         <v>55</v>
       </c>
       <c r="S30" s="7" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="31" spans="1:19">
       <c r="A31" s="7">
         <v>23</v>
       </c>
       <c r="B31" s="12" t="s">
         <v>57</v>
       </c>
       <c r="C31" s="13"/>
       <c r="D31" s="13"/>
       <c r="E31" s="13"/>
       <c r="F31" s="14"/>
       <c r="G31" s="7" t="s">
-        <v>41</v>
+        <v>32</v>
       </c>
       <c r="H31" s="7">
         <v>2</v>
       </c>
       <c r="I31" s="7"/>
       <c r="J31" s="7" t="s">
         <v>58</v>
       </c>
       <c r="K31" s="7">
         <v>52</v>
       </c>
       <c r="L31" s="7">
         <v>2</v>
       </c>
       <c r="M31" s="7">
         <v>0</v>
       </c>
       <c r="N31" s="7"/>
       <c r="O31" s="7"/>
       <c r="P31" s="7"/>
       <c r="Q31" s="7"/>
       <c r="R31" s="7"/>
       <c r="S31" s="7"/>
     </row>
     <row r="32" spans="1:19">
       <c r="A32" s="7">
         <v>23</v>
       </c>
       <c r="B32" s="12" t="s">
         <v>59</v>
       </c>
       <c r="C32" s="13"/>
       <c r="D32" s="13"/>
       <c r="E32" s="13"/>
       <c r="F32" s="14"/>
       <c r="G32" s="7" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="H32" s="7">
         <v>3</v>
       </c>
       <c r="I32" s="7"/>
       <c r="J32" s="7" t="s">
         <v>60</v>
       </c>
       <c r="K32" s="7">
         <v>52</v>
       </c>
       <c r="L32" s="7">
         <v>2</v>
       </c>
       <c r="M32" s="7">
         <v>0</v>
       </c>
       <c r="N32" s="7"/>
       <c r="O32" s="7"/>
       <c r="P32" s="7"/>
       <c r="Q32" s="7"/>
       <c r="R32" s="7"/>
       <c r="S32" s="7"/>
     </row>
     <row r="33" spans="1:19">