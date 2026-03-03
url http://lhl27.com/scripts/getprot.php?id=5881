--- v0 (2025-12-07)
+++ v1 (2026-03-03)
@@ -168,54 +168,54 @@
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Синергия»</t>
   </si>
   <si>
     <t>Небесных Василий</t>
   </si>
   <si>
     <t>29:00</t>
   </si>
   <si>
     <t>21:30</t>
   </si>
   <si>
     <t>Попов Александр</t>
   </si>
   <si>
     <t>33:00</t>
   </si>
   <si>
+    <t>Дмитриев Сергей</t>
+  </si>
+  <si>
     <t>Коршунов Артём</t>
-  </si>
-[...1 lines deleted...]
-    <t>Дмитриев Сергей</t>
   </si>
   <si>
     <t>Рекунов Николай</t>
   </si>
   <si>
     <t>Пыхалов Михаил</t>
   </si>
   <si>
     <t>Лущиков Дмитрий</t>
   </si>
   <si>
     <t>Богач Владислав</t>
   </si>
   <si>
     <t>Казачок Сергей</t>
   </si>
   <si>
     <t>Трегубенко Максим</t>
   </si>
   <si>
     <t>Левин Константин</t>
   </si>
   <si>
     <t>Смолягин Кирилл</t>
   </si>
@@ -1679,78 +1679,78 @@
         <v>1</v>
       </c>
       <c r="L31" s="7">
         <v>79</v>
       </c>
       <c r="M31" s="7">
         <v>0</v>
       </c>
       <c r="N31" s="7" t="s">
         <v>24</v>
       </c>
       <c r="O31" s="7">
         <v>78</v>
       </c>
       <c r="P31" s="7">
         <v>2</v>
       </c>
       <c r="Q31" s="7">
         <v>5</v>
       </c>
       <c r="R31" s="7"/>
       <c r="S31" s="7"/>
     </row>
     <row r="32" spans="1:19">
       <c r="A32" s="7">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="B32" s="12" t="s">
         <v>50</v>
       </c>
       <c r="C32" s="13"/>
       <c r="D32" s="13"/>
       <c r="E32" s="13"/>
       <c r="F32" s="14"/>
       <c r="G32" s="7" t="s">
         <v>22</v>
       </c>
       <c r="H32" s="7"/>
       <c r="I32" s="7"/>
       <c r="J32" s="7"/>
       <c r="K32" s="7"/>
       <c r="L32" s="7"/>
       <c r="M32" s="7"/>
       <c r="N32" s="7"/>
       <c r="O32" s="7"/>
       <c r="P32" s="7"/>
       <c r="Q32" s="7"/>
       <c r="R32" s="7"/>
       <c r="S32" s="7"/>
     </row>
     <row r="33" spans="1:19">
       <c r="A33" s="7">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="B33" s="12" t="s">
         <v>51</v>
       </c>
       <c r="C33" s="13"/>
       <c r="D33" s="13"/>
       <c r="E33" s="13"/>
       <c r="F33" s="14"/>
       <c r="G33" s="7" t="s">
         <v>22</v>
       </c>
       <c r="H33" s="7"/>
       <c r="I33" s="7"/>
       <c r="J33" s="7"/>
       <c r="K33" s="7"/>
       <c r="L33" s="7"/>
       <c r="M33" s="7"/>
       <c r="N33" s="7"/>
       <c r="O33" s="7"/>
       <c r="P33" s="7"/>
       <c r="Q33" s="7"/>
       <c r="R33" s="7"/>
       <c r="S33" s="7"/>
     </row>
     <row r="34" spans="1:19">