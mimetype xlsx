--- v0 (2025-12-10)
+++ v1 (2026-03-04)
@@ -16,51 +16,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Лист1" sheetId="1" r:id="rId4"/>
     <sheet name="Лист2" sheetId="2" r:id="rId5"/>
     <sheet name="Лист3" sheetId="3" r:id="rId6"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="68">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="67">
   <si>
     <t>ОФИЦИАЛЬНЫЙ  ПРОТОКОЛ  МАТЧА «Импульс» Vs «Дружба»</t>
   </si>
   <si>
     <t>2024-2025 ЛИГА МЕЧТЫ</t>
   </si>
   <si>
     <t>КЦХ</t>
   </si>
   <si>
     <t>Дата 31.10.2024</t>
   </si>
   <si>
     <t>Начало 21.30</t>
   </si>
   <si>
     <t xml:space="preserve">Игра 30/3 </t>
   </si>
   <si>
     <t>Команда « А » «Импульс»</t>
   </si>
   <si>
     <t>Взятие ворот</t>
   </si>
   <si>
@@ -129,71 +129,71 @@
   <si>
     <t>Дорощенко Григорий</t>
   </si>
   <si>
     <t>14:27</t>
   </si>
   <si>
     <t>42:11</t>
   </si>
   <si>
     <t>Мишустин Степан</t>
   </si>
   <si>
     <t>23:30</t>
   </si>
   <si>
     <t>Ющенко Дмитрий</t>
   </si>
   <si>
     <t>Кочетков Алексей</t>
   </si>
   <si>
     <t>Бояркин Владимир</t>
   </si>
   <si>
+    <t>Вр</t>
+  </si>
+  <si>
     <t>Горожанкин Вадим</t>
   </si>
   <si>
     <t>Бояркин Алексей</t>
   </si>
   <si>
     <t>Замкин Антон</t>
   </si>
   <si>
     <t>Шишкин Виктор</t>
   </si>
   <si>
     <t>Шелыганов Вадим</t>
   </si>
   <si>
     <t>Реутов Андрей</t>
   </si>
   <si>
-    <t>Вр</t>
-[...1 lines deleted...]
-  <si>
     <t>Дорощенко Дмитрий</t>
   </si>
   <si>
     <t>Несветов Сергей</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Дружба»</t>
   </si>
   <si>
     <t>Шолохов Валерий</t>
   </si>
   <si>
     <t>21:23</t>
   </si>
   <si>
     <t>Со Максим</t>
   </si>
   <si>
     <t>29:59</t>
@@ -214,53 +214,50 @@
     <t>Маскалев Алексей</t>
   </si>
   <si>
     <t>Петренко Дмитрий</t>
   </si>
   <si>
     <t>Кичигин Никита</t>
   </si>
   <si>
     <t>Орлов Роман</t>
   </si>
   <si>
     <t>Шушпанов Роман</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
   <si>
     <t>Попов Илья</t>
-  </si>
-[...1 lines deleted...]
-    <t>Писарев Артем</t>
   </si>
   <si>
     <t>Калашников Михаил</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="7">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1142,213 +1139,213 @@
       <c r="H10" s="6"/>
       <c r="I10" s="6"/>
       <c r="J10" s="6"/>
       <c r="K10" s="6"/>
       <c r="L10" s="6"/>
       <c r="M10" s="8"/>
       <c r="N10" s="6"/>
       <c r="O10" s="6"/>
       <c r="P10" s="6"/>
       <c r="Q10" s="6"/>
       <c r="R10" s="6"/>
       <c r="S10" s="6"/>
     </row>
     <row r="11" spans="1:19">
       <c r="A11" s="5">
         <v>30</v>
       </c>
       <c r="B11" s="12" t="s">
         <v>36</v>
       </c>
       <c r="C11" s="13"/>
       <c r="D11" s="13"/>
       <c r="E11" s="13"/>
       <c r="F11" s="14"/>
       <c r="G11" s="5" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="H11" s="6"/>
       <c r="I11" s="6"/>
       <c r="J11" s="6"/>
       <c r="K11" s="6"/>
       <c r="L11" s="6"/>
       <c r="M11" s="8"/>
       <c r="N11" s="6"/>
       <c r="O11" s="6"/>
       <c r="P11" s="6"/>
       <c r="Q11" s="6"/>
       <c r="R11" s="6"/>
       <c r="S11" s="6"/>
     </row>
     <row r="12" spans="1:19">
       <c r="A12" s="5">
         <v>31</v>
       </c>
       <c r="B12" s="12" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C12" s="13"/>
       <c r="D12" s="13"/>
       <c r="E12" s="13"/>
       <c r="F12" s="14"/>
       <c r="G12" s="5" t="s">
         <v>22</v>
       </c>
       <c r="H12" s="6"/>
       <c r="I12" s="6"/>
       <c r="J12" s="6"/>
       <c r="K12" s="6"/>
       <c r="L12" s="6"/>
       <c r="M12" s="8"/>
       <c r="N12" s="6"/>
       <c r="O12" s="6"/>
       <c r="P12" s="6"/>
       <c r="Q12" s="6"/>
       <c r="R12" s="6"/>
       <c r="S12" s="6"/>
     </row>
     <row r="13" spans="1:19">
       <c r="A13" s="5">
         <v>38</v>
       </c>
       <c r="B13" s="12" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C13" s="13"/>
       <c r="D13" s="13"/>
       <c r="E13" s="13"/>
       <c r="F13" s="14"/>
       <c r="G13" s="5" t="s">
         <v>22</v>
       </c>
       <c r="H13" s="6"/>
       <c r="I13" s="6"/>
       <c r="J13" s="6"/>
       <c r="K13" s="6"/>
       <c r="L13" s="6"/>
       <c r="M13" s="8"/>
       <c r="N13" s="6"/>
       <c r="O13" s="6"/>
       <c r="P13" s="6"/>
       <c r="Q13" s="6"/>
       <c r="R13" s="6"/>
       <c r="S13" s="6"/>
     </row>
     <row r="14" spans="1:19">
       <c r="A14" s="5">
         <v>39</v>
       </c>
       <c r="B14" s="12" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C14" s="13"/>
       <c r="D14" s="13"/>
       <c r="E14" s="13"/>
       <c r="F14" s="14"/>
       <c r="G14" s="5" t="s">
         <v>26</v>
       </c>
       <c r="H14" s="6"/>
       <c r="I14" s="6"/>
       <c r="J14" s="6"/>
       <c r="K14" s="6"/>
       <c r="L14" s="6"/>
       <c r="M14" s="8"/>
       <c r="N14" s="6"/>
       <c r="O14" s="6"/>
       <c r="P14" s="6"/>
       <c r="Q14" s="6"/>
       <c r="R14" s="6"/>
       <c r="S14" s="6"/>
     </row>
     <row r="15" spans="1:19">
       <c r="A15" s="5">
         <v>40</v>
       </c>
       <c r="B15" s="12" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C15" s="13"/>
       <c r="D15" s="13"/>
       <c r="E15" s="13"/>
       <c r="F15" s="14"/>
       <c r="G15" s="5" t="s">
         <v>22</v>
       </c>
       <c r="H15" s="6"/>
       <c r="I15" s="6"/>
       <c r="J15" s="6"/>
       <c r="K15" s="6"/>
       <c r="L15" s="6"/>
       <c r="M15" s="8"/>
       <c r="N15" s="6"/>
       <c r="O15" s="6"/>
       <c r="P15" s="6"/>
       <c r="Q15" s="6"/>
       <c r="R15" s="6"/>
       <c r="S15" s="6"/>
     </row>
     <row r="16" spans="1:19">
       <c r="A16" s="5">
         <v>41</v>
       </c>
       <c r="B16" s="12" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C16" s="13"/>
       <c r="D16" s="13"/>
       <c r="E16" s="13"/>
       <c r="F16" s="14"/>
       <c r="G16" s="5" t="s">
         <v>22</v>
       </c>
       <c r="H16" s="6"/>
       <c r="I16" s="6"/>
       <c r="J16" s="6"/>
       <c r="K16" s="6"/>
       <c r="L16" s="6"/>
       <c r="M16" s="8"/>
       <c r="N16" s="6"/>
       <c r="O16" s="6"/>
       <c r="P16" s="6"/>
       <c r="Q16" s="6"/>
       <c r="R16" s="6"/>
       <c r="S16" s="6"/>
     </row>
     <row r="17" spans="1:19">
       <c r="A17" s="5">
         <v>73</v>
       </c>
       <c r="B17" s="12" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C17" s="13"/>
       <c r="D17" s="13"/>
       <c r="E17" s="13"/>
       <c r="F17" s="14"/>
       <c r="G17" s="5" t="s">
-        <v>43</v>
+        <v>37</v>
       </c>
       <c r="H17" s="6"/>
       <c r="I17" s="6"/>
       <c r="J17" s="6"/>
       <c r="K17" s="6"/>
       <c r="L17" s="6"/>
       <c r="M17" s="8"/>
       <c r="N17" s="6"/>
       <c r="O17" s="6"/>
       <c r="P17" s="6"/>
       <c r="Q17" s="6"/>
       <c r="R17" s="6"/>
       <c r="S17" s="6"/>
     </row>
     <row r="18" spans="1:19">
       <c r="A18" s="5">
         <v>88</v>
       </c>
       <c r="B18" s="12" t="s">
         <v>44</v>
       </c>
       <c r="C18" s="13"/>
       <c r="D18" s="13"/>
       <c r="E18" s="13"/>
       <c r="F18" s="14"/>
@@ -1871,51 +1868,51 @@
       <c r="H37" s="7"/>
       <c r="I37" s="7"/>
       <c r="J37" s="7"/>
       <c r="K37" s="7"/>
       <c r="L37" s="7"/>
       <c r="M37" s="7"/>
       <c r="N37" s="7"/>
       <c r="O37" s="7"/>
       <c r="P37" s="7"/>
       <c r="Q37" s="7"/>
       <c r="R37" s="7"/>
       <c r="S37" s="7"/>
     </row>
     <row r="38" spans="1:19">
       <c r="A38" s="7">
         <v>83</v>
       </c>
       <c r="B38" s="12" t="s">
         <v>59</v>
       </c>
       <c r="C38" s="13"/>
       <c r="D38" s="13"/>
       <c r="E38" s="13"/>
       <c r="F38" s="14"/>
       <c r="G38" s="7" t="s">
-        <v>43</v>
+        <v>37</v>
       </c>
       <c r="H38" s="7"/>
       <c r="I38" s="7"/>
       <c r="J38" s="7"/>
       <c r="K38" s="7"/>
       <c r="L38" s="7"/>
       <c r="M38" s="7"/>
       <c r="N38" s="7"/>
       <c r="O38" s="7"/>
       <c r="P38" s="7"/>
       <c r="Q38" s="7"/>
       <c r="R38" s="7"/>
       <c r="S38" s="7"/>
     </row>
     <row r="39" spans="1:19">
       <c r="A39" s="7">
         <v>96</v>
       </c>
       <c r="B39" s="12" t="s">
         <v>60</v>
       </c>
       <c r="C39" s="13"/>
       <c r="D39" s="13"/>
       <c r="E39" s="13"/>
       <c r="F39" s="14"/>
@@ -2283,66 +2280,64 @@
       <c r="P55" s="20" t="s">
         <v>64</v>
       </c>
       <c r="Q55" s="20"/>
       <c r="R55" s="20"/>
       <c r="S55" s="20"/>
     </row>
     <row r="56" spans="1:19" customHeight="1" ht="12" s="9" customFormat="1">
       <c r="A56" s="21"/>
       <c r="B56" s="21"/>
       <c r="C56" s="21"/>
       <c r="D56" s="21"/>
       <c r="E56" s="21"/>
       <c r="F56" s="22"/>
       <c r="G56" s="23" t="s">
         <v>65</v>
       </c>
       <c r="H56" s="23"/>
       <c r="I56" s="23"/>
       <c r="J56" s="23"/>
       <c r="K56" s="23"/>
       <c r="L56" s="23"/>
       <c r="M56" s="23"/>
       <c r="N56" s="23"/>
       <c r="O56" s="23"/>
-      <c r="P56" s="23" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P56" s="23"/>
       <c r="Q56" s="23"/>
       <c r="R56" s="23"/>
       <c r="S56" s="23"/>
     </row>
     <row r="57" spans="1:19">
       <c r="A57" s="21"/>
       <c r="B57" s="21"/>
       <c r="C57" s="21"/>
       <c r="D57" s="21"/>
       <c r="E57" s="21"/>
       <c r="F57" s="22"/>
       <c r="G57" s="23" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="H57" s="23"/>
       <c r="I57" s="23"/>
       <c r="J57" s="23"/>
       <c r="K57" s="23"/>
       <c r="L57" s="23"/>
       <c r="M57" s="23"/>
       <c r="N57" s="23"/>
       <c r="O57" s="23"/>
       <c r="P57" s="23"/>
       <c r="Q57" s="23"/>
       <c r="R57" s="23"/>
       <c r="S57" s="23"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="P55:S55"/>
     <mergeCell ref="G56:O56"/>
     <mergeCell ref="P56:S56"/>
     <mergeCell ref="G57:O57"/>
     <mergeCell ref="P57:S57"/>
     <mergeCell ref="L52:S52"/>
     <mergeCell ref="A27:K27"/>
     <mergeCell ref="L27:S27"/>