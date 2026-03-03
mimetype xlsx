--- v0 (2025-12-08)
+++ v1 (2026-03-03)
@@ -16,51 +16,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Лист1" sheetId="1" r:id="rId4"/>
     <sheet name="Лист2" sheetId="2" r:id="rId5"/>
     <sheet name="Лист3" sheetId="3" r:id="rId6"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="77">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="76">
   <si>
     <t>ОФИЦИАЛЬНЫЙ  ПРОТОКОЛ  МАТЧА «Бастион» Vs «Барсы»</t>
   </si>
   <si>
     <t>2024-2025 2 ЛИГА</t>
   </si>
   <si>
     <t>КЦХ</t>
   </si>
   <si>
     <t>Дата 27.10.2024</t>
   </si>
   <si>
     <t>Начало 17.45</t>
   </si>
   <si>
     <t xml:space="preserve">Игра 39/2 </t>
   </si>
   <si>
     <t>Команда « А » «Бастион»</t>
   </si>
   <si>
     <t>Взятие ворот</t>
   </si>
   <si>
@@ -93,98 +93,98 @@
   <si>
     <t xml:space="preserve">Шт </t>
   </si>
   <si>
     <t>Пр</t>
   </si>
   <si>
     <t>Нач</t>
   </si>
   <si>
     <t>Окон</t>
   </si>
   <si>
     <t>Лалетин Артем</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>06:35</t>
   </si>
   <si>
     <t>14:33</t>
   </si>
   <si>
+    <t>Агапов Виктор</t>
+  </si>
+  <si>
+    <t>Нп</t>
+  </si>
+  <si>
+    <t>26:01</t>
+  </si>
+  <si>
+    <t>14:48</t>
+  </si>
+  <si>
+    <t>Дорофеев Евгений</t>
+  </si>
+  <si>
+    <t>39:04</t>
+  </si>
+  <si>
+    <t>18:52</t>
+  </si>
+  <si>
+    <t>Коробков Роман</t>
+  </si>
+  <si>
+    <t>Зщ</t>
+  </si>
+  <si>
+    <t>41:56</t>
+  </si>
+  <si>
+    <t>23:16</t>
+  </si>
+  <si>
+    <t>Рыженков Дмитрий</t>
+  </si>
+  <si>
+    <t>44:45</t>
+  </si>
+  <si>
+    <t>Меркулов Игорь</t>
+  </si>
+  <si>
+    <t>Куделин Никита</t>
+  </si>
+  <si>
     <t>Шептун Дмитрий</t>
   </si>
   <si>
-    <t>Нп</t>
-[...43 lines deleted...]
-  <si>
     <t>Кувшинов Сергей</t>
   </si>
   <si>
     <t>Паутов Павел</t>
   </si>
   <si>
     <t>Ватрушкин Александр</t>
   </si>
   <si>
     <t>Воробьев Артем</t>
   </si>
   <si>
     <t>Логинов Сергей</t>
   </si>
   <si>
     <t>Коньков Кирилл</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Барсы»</t>
@@ -241,53 +241,50 @@
     <t>Шиков Андрей</t>
   </si>
   <si>
     <t>Хоменко Вячеслав</t>
   </si>
   <si>
     <t>Суханов Михаил</t>
   </si>
   <si>
     <t>Рудукан Дмитрий</t>
   </si>
   <si>
     <t>Чеховский Михаил</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
   <si>
     <t>Попов Илья</t>
-  </si>
-[...1 lines deleted...]
-    <t>Писарев Артем</t>
   </si>
   <si>
     <t>Коваль Александр</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="7">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -978,277 +975,277 @@
         <v>25</v>
       </c>
       <c r="L5" s="5">
         <v>18</v>
       </c>
       <c r="M5" s="8">
         <v>0</v>
       </c>
       <c r="N5" s="6" t="s">
         <v>24</v>
       </c>
       <c r="O5" s="6">
         <v>12</v>
       </c>
       <c r="P5" s="6">
         <v>2</v>
       </c>
       <c r="Q5" s="6">
         <v>5</v>
       </c>
       <c r="R5" s="6"/>
       <c r="S5" s="6"/>
     </row>
     <row r="6" spans="1:19">
       <c r="A6" s="5">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="B6" s="12" t="s">
         <v>25</v>
       </c>
       <c r="C6" s="13"/>
       <c r="D6" s="13"/>
       <c r="E6" s="13"/>
       <c r="F6" s="14"/>
       <c r="G6" s="5" t="s">
         <v>26</v>
       </c>
       <c r="H6" s="6">
         <v>2</v>
       </c>
       <c r="I6" s="6"/>
       <c r="J6" s="6" t="s">
         <v>27</v>
       </c>
       <c r="K6" s="6">
         <v>16</v>
       </c>
       <c r="L6" s="6">
         <v>9</v>
       </c>
       <c r="M6" s="8">
         <v>0</v>
       </c>
       <c r="N6" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O6" s="6">
         <v>8</v>
       </c>
       <c r="P6" s="6">
         <v>2</v>
       </c>
       <c r="Q6" s="6">
         <v>3</v>
       </c>
       <c r="R6" s="6"/>
       <c r="S6" s="6"/>
     </row>
     <row r="7" spans="1:19">
       <c r="A7" s="5">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="B7" s="12" t="s">
         <v>29</v>
       </c>
       <c r="C7" s="13"/>
       <c r="D7" s="13"/>
       <c r="E7" s="13"/>
       <c r="F7" s="14"/>
       <c r="G7" s="5" t="s">
         <v>26</v>
       </c>
       <c r="H7" s="6">
         <v>3</v>
       </c>
       <c r="I7" s="6"/>
       <c r="J7" s="6" t="s">
         <v>30</v>
       </c>
       <c r="K7" s="6">
         <v>16</v>
       </c>
       <c r="L7" s="6">
         <v>0</v>
       </c>
       <c r="M7" s="8">
         <v>0</v>
       </c>
       <c r="N7" s="6" t="s">
         <v>31</v>
       </c>
       <c r="O7" s="6">
         <v>16</v>
       </c>
       <c r="P7" s="6">
         <v>2</v>
       </c>
       <c r="Q7" s="6">
         <v>6</v>
       </c>
       <c r="R7" s="6"/>
       <c r="S7" s="6"/>
     </row>
     <row r="8" spans="1:19">
       <c r="A8" s="5">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="B8" s="12" t="s">
         <v>32</v>
       </c>
       <c r="C8" s="13"/>
       <c r="D8" s="13"/>
       <c r="E8" s="13"/>
       <c r="F8" s="14"/>
       <c r="G8" s="5" t="s">
-        <v>26</v>
+        <v>33</v>
       </c>
       <c r="H8" s="6">
         <v>4</v>
       </c>
       <c r="I8" s="6"/>
       <c r="J8" s="6" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K8" s="6">
         <v>7</v>
       </c>
       <c r="L8" s="6">
         <v>0</v>
       </c>
       <c r="M8" s="8">
         <v>0</v>
       </c>
       <c r="N8" s="6" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="O8" s="6">
         <v>12</v>
       </c>
       <c r="P8" s="6">
         <v>2</v>
       </c>
       <c r="Q8" s="6">
         <v>8</v>
       </c>
       <c r="R8" s="6"/>
       <c r="S8" s="6"/>
     </row>
     <row r="9" spans="1:19">
       <c r="A9" s="5">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="B9" s="12" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C9" s="13"/>
       <c r="D9" s="13"/>
       <c r="E9" s="13"/>
       <c r="F9" s="14"/>
       <c r="G9" s="5" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="H9" s="6">
         <v>5</v>
       </c>
       <c r="I9" s="6"/>
       <c r="J9" s="6" t="s">
         <v>37</v>
       </c>
       <c r="K9" s="6">
         <v>7</v>
       </c>
       <c r="L9" s="6">
         <v>27</v>
       </c>
       <c r="M9" s="8">
         <v>0</v>
       </c>
       <c r="N9" s="6"/>
       <c r="O9" s="6"/>
       <c r="P9" s="6"/>
       <c r="Q9" s="6"/>
       <c r="R9" s="6"/>
       <c r="S9" s="6"/>
     </row>
     <row r="10" spans="1:19">
       <c r="A10" s="5">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="B10" s="12" t="s">
         <v>38</v>
       </c>
       <c r="C10" s="13"/>
       <c r="D10" s="13"/>
       <c r="E10" s="13"/>
       <c r="F10" s="14"/>
       <c r="G10" s="5" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="H10" s="6"/>
       <c r="I10" s="6"/>
       <c r="J10" s="6"/>
       <c r="K10" s="6"/>
       <c r="L10" s="6"/>
       <c r="M10" s="8"/>
       <c r="N10" s="6"/>
       <c r="O10" s="6"/>
       <c r="P10" s="6"/>
       <c r="Q10" s="6"/>
       <c r="R10" s="6"/>
       <c r="S10" s="6"/>
     </row>
     <row r="11" spans="1:19">
       <c r="A11" s="5">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="B11" s="12" t="s">
         <v>39</v>
       </c>
       <c r="C11" s="13"/>
       <c r="D11" s="13"/>
       <c r="E11" s="13"/>
       <c r="F11" s="14"/>
       <c r="G11" s="5" t="s">
         <v>26</v>
       </c>
       <c r="H11" s="6"/>
       <c r="I11" s="6"/>
       <c r="J11" s="6"/>
       <c r="K11" s="6"/>
       <c r="L11" s="6"/>
       <c r="M11" s="8"/>
       <c r="N11" s="6"/>
       <c r="O11" s="6"/>
       <c r="P11" s="6"/>
       <c r="Q11" s="6"/>
       <c r="R11" s="6"/>
       <c r="S11" s="6"/>
     </row>
     <row r="12" spans="1:19">
       <c r="A12" s="5">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="B12" s="12" t="s">
         <v>40</v>
       </c>
       <c r="C12" s="13"/>
       <c r="D12" s="13"/>
       <c r="E12" s="13"/>
       <c r="F12" s="14"/>
       <c r="G12" s="5" t="s">
         <v>26</v>
       </c>
       <c r="H12" s="6"/>
       <c r="I12" s="6"/>
       <c r="J12" s="6"/>
       <c r="K12" s="6"/>
       <c r="L12" s="6"/>
       <c r="M12" s="8"/>
       <c r="N12" s="6"/>
       <c r="O12" s="6"/>
       <c r="P12" s="6"/>
       <c r="Q12" s="6"/>
       <c r="R12" s="6"/>
       <c r="S12" s="6"/>
     </row>
     <row r="13" spans="1:19">
@@ -1295,51 +1292,51 @@
       <c r="H14" s="6"/>
       <c r="I14" s="6"/>
       <c r="J14" s="6"/>
       <c r="K14" s="6"/>
       <c r="L14" s="6"/>
       <c r="M14" s="8"/>
       <c r="N14" s="6"/>
       <c r="O14" s="6"/>
       <c r="P14" s="6"/>
       <c r="Q14" s="6"/>
       <c r="R14" s="6"/>
       <c r="S14" s="6"/>
     </row>
     <row r="15" spans="1:19">
       <c r="A15" s="5">
         <v>85</v>
       </c>
       <c r="B15" s="12" t="s">
         <v>43</v>
       </c>
       <c r="C15" s="13"/>
       <c r="D15" s="13"/>
       <c r="E15" s="13"/>
       <c r="F15" s="14"/>
       <c r="G15" s="5" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="H15" s="6"/>
       <c r="I15" s="6"/>
       <c r="J15" s="6"/>
       <c r="K15" s="6"/>
       <c r="L15" s="6"/>
       <c r="M15" s="8"/>
       <c r="N15" s="6"/>
       <c r="O15" s="6"/>
       <c r="P15" s="6"/>
       <c r="Q15" s="6"/>
       <c r="R15" s="6"/>
       <c r="S15" s="6"/>
     </row>
     <row r="16" spans="1:19">
       <c r="A16" s="5">
         <v>95</v>
       </c>
       <c r="B16" s="12" t="s">
         <v>44</v>
       </c>
       <c r="C16" s="13"/>
       <c r="D16" s="13"/>
       <c r="E16" s="13"/>
       <c r="F16" s="14"/>
@@ -1701,51 +1698,51 @@
       <c r="H30" s="7"/>
       <c r="I30" s="7"/>
       <c r="J30" s="7"/>
       <c r="K30" s="7"/>
       <c r="L30" s="7"/>
       <c r="M30" s="7"/>
       <c r="N30" s="7"/>
       <c r="O30" s="7"/>
       <c r="P30" s="7"/>
       <c r="Q30" s="7"/>
       <c r="R30" s="7"/>
       <c r="S30" s="7"/>
     </row>
     <row r="31" spans="1:19">
       <c r="A31" s="7">
         <v>5</v>
       </c>
       <c r="B31" s="12" t="s">
         <v>51</v>
       </c>
       <c r="C31" s="13"/>
       <c r="D31" s="13"/>
       <c r="E31" s="13"/>
       <c r="F31" s="14"/>
       <c r="G31" s="7" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="H31" s="7"/>
       <c r="I31" s="7"/>
       <c r="J31" s="7"/>
       <c r="K31" s="7"/>
       <c r="L31" s="7"/>
       <c r="M31" s="7"/>
       <c r="N31" s="7"/>
       <c r="O31" s="7"/>
       <c r="P31" s="7"/>
       <c r="Q31" s="7"/>
       <c r="R31" s="7"/>
       <c r="S31" s="7"/>
     </row>
     <row r="32" spans="1:19">
       <c r="A32" s="7">
         <v>7</v>
       </c>
       <c r="B32" s="12" t="s">
         <v>52</v>
       </c>
       <c r="C32" s="13"/>
       <c r="D32" s="13"/>
       <c r="E32" s="13"/>
       <c r="F32" s="14"/>
@@ -1836,78 +1833,78 @@
       <c r="H35" s="7"/>
       <c r="I35" s="7"/>
       <c r="J35" s="7"/>
       <c r="K35" s="7"/>
       <c r="L35" s="7"/>
       <c r="M35" s="7"/>
       <c r="N35" s="7"/>
       <c r="O35" s="7"/>
       <c r="P35" s="7"/>
       <c r="Q35" s="7"/>
       <c r="R35" s="7"/>
       <c r="S35" s="7"/>
     </row>
     <row r="36" spans="1:19">
       <c r="A36" s="7">
         <v>14</v>
       </c>
       <c r="B36" s="12" t="s">
         <v>56</v>
       </c>
       <c r="C36" s="13"/>
       <c r="D36" s="13"/>
       <c r="E36" s="13"/>
       <c r="F36" s="14"/>
       <c r="G36" s="7" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="H36" s="7"/>
       <c r="I36" s="7"/>
       <c r="J36" s="7"/>
       <c r="K36" s="7"/>
       <c r="L36" s="7"/>
       <c r="M36" s="7"/>
       <c r="N36" s="7"/>
       <c r="O36" s="7"/>
       <c r="P36" s="7"/>
       <c r="Q36" s="7"/>
       <c r="R36" s="7"/>
       <c r="S36" s="7"/>
     </row>
     <row r="37" spans="1:19">
       <c r="A37" s="7">
         <v>20</v>
       </c>
       <c r="B37" s="12" t="s">
         <v>57</v>
       </c>
       <c r="C37" s="13"/>
       <c r="D37" s="13"/>
       <c r="E37" s="13"/>
       <c r="F37" s="14"/>
       <c r="G37" s="7" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="H37" s="7"/>
       <c r="I37" s="7"/>
       <c r="J37" s="7"/>
       <c r="K37" s="7"/>
       <c r="L37" s="7"/>
       <c r="M37" s="7"/>
       <c r="N37" s="7"/>
       <c r="O37" s="7"/>
       <c r="P37" s="7"/>
       <c r="Q37" s="7"/>
       <c r="R37" s="7"/>
       <c r="S37" s="7"/>
     </row>
     <row r="38" spans="1:19">
       <c r="A38" s="7">
         <v>23</v>
       </c>
       <c r="B38" s="12" t="s">
         <v>58</v>
       </c>
       <c r="C38" s="13"/>
       <c r="D38" s="13"/>
       <c r="E38" s="13"/>
       <c r="F38" s="14"/>
@@ -1998,51 +1995,51 @@
       <c r="H41" s="7"/>
       <c r="I41" s="7"/>
       <c r="J41" s="7"/>
       <c r="K41" s="7"/>
       <c r="L41" s="7"/>
       <c r="M41" s="7"/>
       <c r="N41" s="7"/>
       <c r="O41" s="7"/>
       <c r="P41" s="7"/>
       <c r="Q41" s="7"/>
       <c r="R41" s="7"/>
       <c r="S41" s="7"/>
     </row>
     <row r="42" spans="1:19">
       <c r="A42" s="7">
         <v>37</v>
       </c>
       <c r="B42" s="12" t="s">
         <v>62</v>
       </c>
       <c r="C42" s="13"/>
       <c r="D42" s="13"/>
       <c r="E42" s="13"/>
       <c r="F42" s="14"/>
       <c r="G42" s="7" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="H42" s="7"/>
       <c r="I42" s="7"/>
       <c r="J42" s="7"/>
       <c r="K42" s="7"/>
       <c r="L42" s="7"/>
       <c r="M42" s="7"/>
       <c r="N42" s="7"/>
       <c r="O42" s="7"/>
       <c r="P42" s="7"/>
       <c r="Q42" s="7"/>
       <c r="R42" s="7"/>
       <c r="S42" s="7"/>
     </row>
     <row r="43" spans="1:19">
       <c r="A43" s="7">
         <v>49</v>
       </c>
       <c r="B43" s="12" t="s">
         <v>63</v>
       </c>
       <c r="C43" s="13"/>
       <c r="D43" s="13"/>
       <c r="E43" s="13"/>
       <c r="F43" s="14"/>
@@ -2079,78 +2076,78 @@
       <c r="H44" s="7"/>
       <c r="I44" s="7"/>
       <c r="J44" s="7"/>
       <c r="K44" s="7"/>
       <c r="L44" s="7"/>
       <c r="M44" s="7"/>
       <c r="N44" s="7"/>
       <c r="O44" s="7"/>
       <c r="P44" s="7"/>
       <c r="Q44" s="7"/>
       <c r="R44" s="7"/>
       <c r="S44" s="7"/>
     </row>
     <row r="45" spans="1:19">
       <c r="A45" s="7">
         <v>78</v>
       </c>
       <c r="B45" s="12" t="s">
         <v>65</v>
       </c>
       <c r="C45" s="13"/>
       <c r="D45" s="13"/>
       <c r="E45" s="13"/>
       <c r="F45" s="14"/>
       <c r="G45" s="7" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="H45" s="7"/>
       <c r="I45" s="7"/>
       <c r="J45" s="7"/>
       <c r="K45" s="7"/>
       <c r="L45" s="7"/>
       <c r="M45" s="7"/>
       <c r="N45" s="7"/>
       <c r="O45" s="7"/>
       <c r="P45" s="7"/>
       <c r="Q45" s="7"/>
       <c r="R45" s="7"/>
       <c r="S45" s="7"/>
     </row>
     <row r="46" spans="1:19">
       <c r="A46" s="7">
         <v>80</v>
       </c>
       <c r="B46" s="12" t="s">
         <v>66</v>
       </c>
       <c r="C46" s="13"/>
       <c r="D46" s="13"/>
       <c r="E46" s="13"/>
       <c r="F46" s="14"/>
       <c r="G46" s="7" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="H46" s="7"/>
       <c r="I46" s="7"/>
       <c r="J46" s="7"/>
       <c r="K46" s="7"/>
       <c r="L46" s="7"/>
       <c r="M46" s="7"/>
       <c r="N46" s="7"/>
       <c r="O46" s="7"/>
       <c r="P46" s="7"/>
       <c r="Q46" s="7"/>
       <c r="R46" s="7"/>
       <c r="S46" s="7"/>
     </row>
     <row r="47" spans="1:19">
       <c r="A47" s="7">
         <v>86</v>
       </c>
       <c r="B47" s="12" t="s">
         <v>67</v>
       </c>
       <c r="C47" s="13"/>
       <c r="D47" s="13"/>
       <c r="E47" s="13"/>
       <c r="F47" s="14"/>
@@ -2362,66 +2359,64 @@
       <c r="P55" s="20" t="s">
         <v>73</v>
       </c>
       <c r="Q55" s="20"/>
       <c r="R55" s="20"/>
       <c r="S55" s="20"/>
     </row>
     <row r="56" spans="1:19" customHeight="1" ht="12" s="9" customFormat="1">
       <c r="A56" s="21"/>
       <c r="B56" s="21"/>
       <c r="C56" s="21"/>
       <c r="D56" s="21"/>
       <c r="E56" s="21"/>
       <c r="F56" s="22"/>
       <c r="G56" s="23" t="s">
         <v>74</v>
       </c>
       <c r="H56" s="23"/>
       <c r="I56" s="23"/>
       <c r="J56" s="23"/>
       <c r="K56" s="23"/>
       <c r="L56" s="23"/>
       <c r="M56" s="23"/>
       <c r="N56" s="23"/>
       <c r="O56" s="23"/>
-      <c r="P56" s="23" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P56" s="23"/>
       <c r="Q56" s="23"/>
       <c r="R56" s="23"/>
       <c r="S56" s="23"/>
     </row>
     <row r="57" spans="1:19">
       <c r="A57" s="21"/>
       <c r="B57" s="21"/>
       <c r="C57" s="21"/>
       <c r="D57" s="21"/>
       <c r="E57" s="21"/>
       <c r="F57" s="22"/>
       <c r="G57" s="23" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="H57" s="23"/>
       <c r="I57" s="23"/>
       <c r="J57" s="23"/>
       <c r="K57" s="23"/>
       <c r="L57" s="23"/>
       <c r="M57" s="23"/>
       <c r="N57" s="23"/>
       <c r="O57" s="23"/>
       <c r="P57" s="23"/>
       <c r="Q57" s="23"/>
       <c r="R57" s="23"/>
       <c r="S57" s="23"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="P55:S55"/>
     <mergeCell ref="G56:O56"/>
     <mergeCell ref="P56:S56"/>
     <mergeCell ref="G57:O57"/>
     <mergeCell ref="P57:S57"/>
     <mergeCell ref="L52:S52"/>
     <mergeCell ref="A27:K27"/>
     <mergeCell ref="L27:S27"/>