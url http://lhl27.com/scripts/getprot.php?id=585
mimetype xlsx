--- v0 (2025-12-07)
+++ v1 (2026-03-04)
@@ -105,57 +105,57 @@
   <si>
     <t>Бударин Михаил</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>33:20</t>
   </si>
   <si>
     <t>Хуторской Олег</t>
   </si>
   <si>
     <t>+1</t>
   </si>
   <si>
     <t>38:33</t>
   </si>
   <si>
     <t>Достов Роман</t>
   </si>
   <si>
     <t>40:27</t>
   </si>
   <si>
+    <t>Серецкий Максим</t>
+  </si>
+  <si>
     <t>Сабунаев Алексей</t>
   </si>
   <si>
     <t>Зщ</t>
-  </si>
-[...1 lines deleted...]
-    <t>Серецкий Максим</t>
   </si>
   <si>
     <t>Галеев Роман</t>
   </si>
   <si>
     <t>Форкачев Борис</t>
   </si>
   <si>
     <t>Курилюк Сергей</t>
   </si>
   <si>
     <t>Богданов Денис</t>
   </si>
   <si>
     <t>Танасийчук Александр</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>Рязанов Яков</t>
   </si>
   <si>
     <t>Петренко Максим</t>
   </si>
@@ -1002,78 +1002,78 @@
       <c r="L7" s="6">
         <v>71</v>
       </c>
       <c r="M7" s="8">
         <v>0</v>
       </c>
       <c r="N7" s="6"/>
       <c r="O7" s="6"/>
       <c r="P7" s="6"/>
       <c r="Q7" s="6"/>
       <c r="R7" s="6"/>
       <c r="S7" s="6"/>
     </row>
     <row r="8" spans="1:19">
       <c r="A8" s="5">
         <v>10</v>
       </c>
       <c r="B8" s="12" t="s">
         <v>29</v>
       </c>
       <c r="C8" s="13"/>
       <c r="D8" s="13"/>
       <c r="E8" s="13"/>
       <c r="F8" s="14"/>
       <c r="G8" s="5" t="s">
-        <v>30</v>
+        <v>22</v>
       </c>
       <c r="H8" s="6"/>
       <c r="I8" s="6"/>
       <c r="J8" s="6"/>
       <c r="K8" s="6"/>
       <c r="L8" s="6"/>
       <c r="M8" s="8"/>
       <c r="N8" s="6"/>
       <c r="O8" s="6"/>
       <c r="P8" s="6"/>
       <c r="Q8" s="6"/>
       <c r="R8" s="6"/>
       <c r="S8" s="6"/>
     </row>
     <row r="9" spans="1:19">
       <c r="A9" s="5">
         <v>10</v>
       </c>
       <c r="B9" s="12" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="C9" s="13"/>
       <c r="D9" s="13"/>
       <c r="E9" s="13"/>
       <c r="F9" s="14"/>
       <c r="G9" s="5" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="H9" s="6"/>
       <c r="I9" s="6"/>
       <c r="J9" s="6"/>
       <c r="K9" s="6"/>
       <c r="L9" s="6"/>
       <c r="M9" s="8"/>
       <c r="N9" s="6"/>
       <c r="O9" s="6"/>
       <c r="P9" s="6"/>
       <c r="Q9" s="6"/>
       <c r="R9" s="6"/>
       <c r="S9" s="6"/>
     </row>
     <row r="10" spans="1:19">
       <c r="A10" s="5">
         <v>11</v>
       </c>
       <c r="B10" s="12" t="s">
         <v>32</v>
       </c>
       <c r="C10" s="13"/>
       <c r="D10" s="13"/>
       <c r="E10" s="13"/>
       <c r="F10" s="14"/>
@@ -1191,51 +1191,51 @@
       <c r="H14" s="6"/>
       <c r="I14" s="6"/>
       <c r="J14" s="6"/>
       <c r="K14" s="6"/>
       <c r="L14" s="6"/>
       <c r="M14" s="8"/>
       <c r="N14" s="6"/>
       <c r="O14" s="6"/>
       <c r="P14" s="6"/>
       <c r="Q14" s="6"/>
       <c r="R14" s="6"/>
       <c r="S14" s="6"/>
     </row>
     <row r="15" spans="1:19">
       <c r="A15" s="5">
         <v>27</v>
       </c>
       <c r="B15" s="12" t="s">
         <v>38</v>
       </c>
       <c r="C15" s="13"/>
       <c r="D15" s="13"/>
       <c r="E15" s="13"/>
       <c r="F15" s="14"/>
       <c r="G15" s="5" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="H15" s="6"/>
       <c r="I15" s="6"/>
       <c r="J15" s="6"/>
       <c r="K15" s="6"/>
       <c r="L15" s="6"/>
       <c r="M15" s="8"/>
       <c r="N15" s="6"/>
       <c r="O15" s="6"/>
       <c r="P15" s="6"/>
       <c r="Q15" s="6"/>
       <c r="R15" s="6"/>
       <c r="S15" s="6"/>
     </row>
     <row r="16" spans="1:19">
       <c r="A16" s="5">
         <v>33</v>
       </c>
       <c r="B16" s="12" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="13"/>
       <c r="D16" s="13"/>
       <c r="E16" s="13"/>
       <c r="F16" s="14"/>
@@ -1245,51 +1245,51 @@
       <c r="H16" s="6"/>
       <c r="I16" s="6"/>
       <c r="J16" s="6"/>
       <c r="K16" s="6"/>
       <c r="L16" s="6"/>
       <c r="M16" s="8"/>
       <c r="N16" s="6"/>
       <c r="O16" s="6"/>
       <c r="P16" s="6"/>
       <c r="Q16" s="6"/>
       <c r="R16" s="6"/>
       <c r="S16" s="6"/>
     </row>
     <row r="17" spans="1:19">
       <c r="A17" s="5">
         <v>42</v>
       </c>
       <c r="B17" s="12" t="s">
         <v>40</v>
       </c>
       <c r="C17" s="13"/>
       <c r="D17" s="13"/>
       <c r="E17" s="13"/>
       <c r="F17" s="14"/>
       <c r="G17" s="5" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="H17" s="6"/>
       <c r="I17" s="6"/>
       <c r="J17" s="6"/>
       <c r="K17" s="6"/>
       <c r="L17" s="6"/>
       <c r="M17" s="8"/>
       <c r="N17" s="6"/>
       <c r="O17" s="6"/>
       <c r="P17" s="6"/>
       <c r="Q17" s="6"/>
       <c r="R17" s="6"/>
       <c r="S17" s="6"/>
     </row>
     <row r="18" spans="1:19">
       <c r="A18" s="5">
         <v>55</v>
       </c>
       <c r="B18" s="12" t="s">
         <v>41</v>
       </c>
       <c r="C18" s="13"/>
       <c r="D18" s="13"/>
       <c r="E18" s="13"/>
       <c r="F18" s="14"/>