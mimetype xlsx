--- v0 (2025-12-08)
+++ v1 (2026-03-06)
@@ -207,54 +207,54 @@
   <si>
     <t>20:55</t>
   </si>
   <si>
     <t>30:00</t>
   </si>
   <si>
     <t>Недбайлов Алексей</t>
   </si>
   <si>
     <t>Кайнов Константин</t>
   </si>
   <si>
     <t>Туманков Андрей</t>
   </si>
   <si>
     <t>Ющенко Дмитрий</t>
   </si>
   <si>
     <t>Бояркин Владимир</t>
   </si>
   <si>
     <t>Горожанкин Вадим</t>
   </si>
   <si>
+    <t>Симуков Владислав</t>
+  </si>
+  <si>
     <t>Цёмик Евгений</t>
-  </si>
-[...1 lines deleted...]
-    <t>Симуков Владислав</t>
   </si>
   <si>
     <t>Бояркин Алексей</t>
   </si>
   <si>
     <t>Замкин Антон</t>
   </si>
   <si>
     <t>Реутов Андрей</t>
   </si>
   <si>
     <t>Дорощенко Дмитрий</t>
   </si>
   <si>
     <t>Кычаков Дмитрий</t>
   </si>
   <si>
     <t>Несветов Сергей</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
@@ -1865,51 +1865,51 @@
       <c r="H35" s="7"/>
       <c r="I35" s="7"/>
       <c r="J35" s="7"/>
       <c r="K35" s="7"/>
       <c r="L35" s="7"/>
       <c r="M35" s="7"/>
       <c r="N35" s="7"/>
       <c r="O35" s="7"/>
       <c r="P35" s="7"/>
       <c r="Q35" s="7"/>
       <c r="R35" s="7"/>
       <c r="S35" s="7"/>
     </row>
     <row r="36" spans="1:19">
       <c r="A36" s="7">
         <v>30</v>
       </c>
       <c r="B36" s="12" t="s">
         <v>61</v>
       </c>
       <c r="C36" s="13"/>
       <c r="D36" s="13"/>
       <c r="E36" s="13"/>
       <c r="F36" s="14"/>
       <c r="G36" s="7" t="s">
-        <v>22</v>
+        <v>40</v>
       </c>
       <c r="H36" s="7"/>
       <c r="I36" s="7"/>
       <c r="J36" s="7"/>
       <c r="K36" s="7"/>
       <c r="L36" s="7"/>
       <c r="M36" s="7"/>
       <c r="N36" s="7"/>
       <c r="O36" s="7"/>
       <c r="P36" s="7"/>
       <c r="Q36" s="7"/>
       <c r="R36" s="7"/>
       <c r="S36" s="7"/>
     </row>
     <row r="37" spans="1:19">
       <c r="A37" s="7">
         <v>31</v>
       </c>
       <c r="B37" s="12" t="s">
         <v>62</v>
       </c>
       <c r="C37" s="13"/>
       <c r="D37" s="13"/>
       <c r="E37" s="13"/>
       <c r="F37" s="14"/>
@@ -1919,78 +1919,78 @@
       <c r="H37" s="7"/>
       <c r="I37" s="7"/>
       <c r="J37" s="7"/>
       <c r="K37" s="7"/>
       <c r="L37" s="7"/>
       <c r="M37" s="7"/>
       <c r="N37" s="7"/>
       <c r="O37" s="7"/>
       <c r="P37" s="7"/>
       <c r="Q37" s="7"/>
       <c r="R37" s="7"/>
       <c r="S37" s="7"/>
     </row>
     <row r="38" spans="1:19">
       <c r="A38" s="7">
         <v>35</v>
       </c>
       <c r="B38" s="12" t="s">
         <v>63</v>
       </c>
       <c r="C38" s="13"/>
       <c r="D38" s="13"/>
       <c r="E38" s="13"/>
       <c r="F38" s="14"/>
       <c r="G38" s="7" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="H38" s="7"/>
       <c r="I38" s="7"/>
       <c r="J38" s="7"/>
       <c r="K38" s="7"/>
       <c r="L38" s="7"/>
       <c r="M38" s="7"/>
       <c r="N38" s="7"/>
       <c r="O38" s="7"/>
       <c r="P38" s="7"/>
       <c r="Q38" s="7"/>
       <c r="R38" s="7"/>
       <c r="S38" s="7"/>
     </row>
     <row r="39" spans="1:19">
       <c r="A39" s="7">
         <v>35</v>
       </c>
       <c r="B39" s="12" t="s">
         <v>64</v>
       </c>
       <c r="C39" s="13"/>
       <c r="D39" s="13"/>
       <c r="E39" s="13"/>
       <c r="F39" s="14"/>
       <c r="G39" s="7" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="H39" s="7"/>
       <c r="I39" s="7"/>
       <c r="J39" s="7"/>
       <c r="K39" s="7"/>
       <c r="L39" s="7"/>
       <c r="M39" s="7"/>
       <c r="N39" s="7"/>
       <c r="O39" s="7"/>
       <c r="P39" s="7"/>
       <c r="Q39" s="7"/>
       <c r="R39" s="7"/>
       <c r="S39" s="7"/>
     </row>
     <row r="40" spans="1:19">
       <c r="A40" s="7">
         <v>38</v>
       </c>
       <c r="B40" s="12" t="s">
         <v>65</v>
       </c>
       <c r="C40" s="13"/>
       <c r="D40" s="13"/>
       <c r="E40" s="13"/>
       <c r="F40" s="14"/>