--- v0 (2025-12-08)
+++ v1 (2026-03-04)
@@ -1017,51 +1017,51 @@
         <v>83</v>
       </c>
       <c r="L6" s="6">
         <v>0</v>
       </c>
       <c r="M6" s="8">
         <v>0</v>
       </c>
       <c r="N6" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O6" s="6">
         <v>88</v>
       </c>
       <c r="P6" s="6">
         <v>2</v>
       </c>
       <c r="Q6" s="6">
         <v>30</v>
       </c>
       <c r="R6" s="6"/>
       <c r="S6" s="6"/>
     </row>
     <row r="7" spans="1:19">
       <c r="A7" s="5">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="B7" s="12" t="s">
         <v>29</v>
       </c>
       <c r="C7" s="13"/>
       <c r="D7" s="13"/>
       <c r="E7" s="13"/>
       <c r="F7" s="14"/>
       <c r="G7" s="5" t="s">
         <v>22</v>
       </c>
       <c r="H7" s="6">
         <v>3</v>
       </c>
       <c r="I7" s="6" t="s">
         <v>30</v>
       </c>
       <c r="J7" s="6" t="s">
         <v>31</v>
       </c>
       <c r="K7" s="6">
         <v>33</v>
       </c>
       <c r="L7" s="6">
         <v>0</v>