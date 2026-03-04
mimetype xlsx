--- v0 (2025-12-08)
+++ v1 (2026-03-04)
@@ -201,57 +201,57 @@
   <si>
     <t>Команда « Б » «Хулиганы»</t>
   </si>
   <si>
     <t>Миронов Игорь</t>
   </si>
   <si>
     <t>10:00</t>
   </si>
   <si>
     <t>11:30</t>
   </si>
   <si>
     <t>Лисовский Игорь</t>
   </si>
   <si>
     <t>11:00</t>
   </si>
   <si>
     <t>Туезов Владислав</t>
   </si>
   <si>
     <t>17:00</t>
   </si>
   <si>
+    <t>Середа Андрей</t>
+  </si>
+  <si>
+    <t>19:00</t>
+  </si>
+  <si>
     <t>Ольмезов Александр</t>
-  </si>
-[...4 lines deleted...]
-    <t>Середа Андрей</t>
   </si>
   <si>
     <t>24:10</t>
   </si>
   <si>
     <t>Полубоярцев Егор</t>
   </si>
   <si>
     <t>Волошенко Артем</t>
   </si>
   <si>
     <t>+1</t>
   </si>
   <si>
     <t>37:20</t>
   </si>
   <si>
     <t>Коршунов Ростислав</t>
   </si>
   <si>
     <t>39:00</t>
   </si>
   <si>
     <t>Коршунов Виктор</t>
   </si>
@@ -1840,96 +1840,96 @@
       </c>
       <c r="O32" s="7">
         <v>99</v>
       </c>
       <c r="P32" s="7">
         <v>2</v>
       </c>
       <c r="Q32" s="7">
         <v>33</v>
       </c>
       <c r="R32" s="7"/>
       <c r="S32" s="7"/>
     </row>
     <row r="33" spans="1:19">
       <c r="A33" s="7">
         <v>22</v>
       </c>
       <c r="B33" s="12" t="s">
         <v>61</v>
       </c>
       <c r="C33" s="13"/>
       <c r="D33" s="13"/>
       <c r="E33" s="13"/>
       <c r="F33" s="14"/>
       <c r="G33" s="7" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="H33" s="7">
         <v>4</v>
       </c>
       <c r="I33" s="7"/>
       <c r="J33" s="7" t="s">
         <v>62</v>
       </c>
       <c r="K33" s="7">
         <v>92</v>
       </c>
       <c r="L33" s="7">
         <v>0</v>
       </c>
       <c r="M33" s="7">
         <v>0</v>
       </c>
       <c r="N33" s="7" t="s">
         <v>32</v>
       </c>
       <c r="O33" s="7">
         <v>99</v>
       </c>
       <c r="P33" s="7">
         <v>20</v>
       </c>
       <c r="Q33" s="7">
         <v>40</v>
       </c>
       <c r="R33" s="7"/>
       <c r="S33" s="7"/>
     </row>
     <row r="34" spans="1:19">
       <c r="A34" s="7">
         <v>22</v>
       </c>
       <c r="B34" s="12" t="s">
         <v>63</v>
       </c>
       <c r="C34" s="13"/>
       <c r="D34" s="13"/>
       <c r="E34" s="13"/>
       <c r="F34" s="14"/>
       <c r="G34" s="7" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="H34" s="7">
         <v>5</v>
       </c>
       <c r="I34" s="7"/>
       <c r="J34" s="7" t="s">
         <v>64</v>
       </c>
       <c r="K34" s="7">
         <v>96</v>
       </c>
       <c r="L34" s="7">
         <v>18</v>
       </c>
       <c r="M34" s="7">
         <v>0</v>
       </c>
       <c r="N34" s="7"/>
       <c r="O34" s="7"/>
       <c r="P34" s="7"/>
       <c r="Q34" s="7"/>
       <c r="R34" s="7"/>
       <c r="S34" s="7"/>
     </row>
     <row r="35" spans="1:19">