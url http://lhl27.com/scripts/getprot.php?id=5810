--- v0 (2025-12-08)
+++ v1 (2026-03-05)
@@ -81,84 +81,84 @@
   <si>
     <t>Ис</t>
   </si>
   <si>
     <t xml:space="preserve">Время </t>
   </si>
   <si>
     <t>Г</t>
   </si>
   <si>
     <t>П</t>
   </si>
   <si>
     <t xml:space="preserve">Шт </t>
   </si>
   <si>
     <t>Пр</t>
   </si>
   <si>
     <t>Нач</t>
   </si>
   <si>
     <t>Окон</t>
   </si>
   <si>
+    <t>Агапов Виктор</t>
+  </si>
+  <si>
+    <t>Нп</t>
+  </si>
+  <si>
+    <t>42-40</t>
+  </si>
+  <si>
+    <t>0:32</t>
+  </si>
+  <si>
+    <t>Дорофеев Евгений</t>
+  </si>
+  <si>
+    <t>10:35</t>
+  </si>
+  <si>
+    <t>Агапов Сергей</t>
+  </si>
+  <si>
+    <t>18:47</t>
+  </si>
+  <si>
+    <t>Куделин Андрей</t>
+  </si>
+  <si>
+    <t>Вр</t>
+  </si>
+  <si>
+    <t>25:36</t>
+  </si>
+  <si>
     <t>Шептун Дмитрий</t>
-  </si>
-[...31 lines deleted...]
-    <t>Вр</t>
   </si>
   <si>
     <t>Новокрещенных Алексей</t>
   </si>
   <si>
     <t>Воробьев Артем</t>
   </si>
   <si>
     <t>Кондратов Пвел</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Феникс»</t>
   </si>
   <si>
     <t>Одинец Александр</t>
   </si>
@@ -930,211 +930,211 @@
       </c>
       <c r="M4" s="5" t="s">
         <v>16</v>
       </c>
       <c r="N4" s="5" t="s">
         <v>14</v>
       </c>
       <c r="O4" s="5" t="s">
         <v>9</v>
       </c>
       <c r="P4" s="5" t="s">
         <v>17</v>
       </c>
       <c r="Q4" s="5" t="s">
         <v>18</v>
       </c>
       <c r="R4" s="5" t="s">
         <v>19</v>
       </c>
       <c r="S4" s="5" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="5" spans="1:19">
       <c r="A5" s="5">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="B5" s="12" t="s">
         <v>21</v>
       </c>
       <c r="C5" s="13"/>
       <c r="D5" s="13"/>
       <c r="E5" s="13"/>
       <c r="F5" s="14"/>
       <c r="G5" s="5" t="s">
         <v>22</v>
       </c>
       <c r="H5" s="6">
         <v>1</v>
       </c>
       <c r="I5" s="5"/>
       <c r="J5" s="5" t="s">
         <v>23</v>
       </c>
       <c r="K5" s="5">
         <v>95</v>
       </c>
       <c r="L5" s="5">
         <v>7</v>
       </c>
       <c r="M5" s="8">
         <v>0</v>
       </c>
       <c r="N5" s="6" t="s">
         <v>24</v>
       </c>
       <c r="O5" s="6">
         <v>17</v>
       </c>
       <c r="P5" s="6">
         <v>2</v>
       </c>
       <c r="Q5" s="6">
         <v>5</v>
       </c>
       <c r="R5" s="6"/>
       <c r="S5" s="6"/>
     </row>
     <row r="6" spans="1:19">
       <c r="A6" s="5">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="B6" s="12" t="s">
         <v>25</v>
       </c>
       <c r="C6" s="13"/>
       <c r="D6" s="13"/>
       <c r="E6" s="13"/>
       <c r="F6" s="14"/>
       <c r="G6" s="5" t="s">
         <v>22</v>
       </c>
       <c r="H6" s="6"/>
       <c r="I6" s="6"/>
       <c r="J6" s="6"/>
       <c r="K6" s="6"/>
       <c r="L6" s="6"/>
       <c r="M6" s="8"/>
       <c r="N6" s="6" t="s">
         <v>26</v>
       </c>
       <c r="O6" s="6">
         <v>7</v>
       </c>
       <c r="P6" s="6">
         <v>2</v>
       </c>
       <c r="Q6" s="6">
         <v>27</v>
       </c>
       <c r="R6" s="6"/>
       <c r="S6" s="6"/>
     </row>
     <row r="7" spans="1:19">
       <c r="A7" s="5">
-        <v>8</v>
+        <v>17</v>
       </c>
       <c r="B7" s="12" t="s">
         <v>27</v>
       </c>
       <c r="C7" s="13"/>
       <c r="D7" s="13"/>
       <c r="E7" s="13"/>
       <c r="F7" s="14"/>
       <c r="G7" s="5" t="s">
         <v>22</v>
       </c>
       <c r="H7" s="6"/>
       <c r="I7" s="6"/>
       <c r="J7" s="6"/>
       <c r="K7" s="6"/>
       <c r="L7" s="6"/>
       <c r="M7" s="8"/>
       <c r="N7" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O7" s="6">
         <v>7</v>
       </c>
       <c r="P7" s="6">
         <v>2</v>
       </c>
       <c r="Q7" s="6">
         <v>2</v>
       </c>
       <c r="R7" s="6"/>
       <c r="S7" s="6"/>
     </row>
     <row r="8" spans="1:19">
       <c r="A8" s="5">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="B8" s="12" t="s">
         <v>29</v>
       </c>
       <c r="C8" s="13"/>
       <c r="D8" s="13"/>
       <c r="E8" s="13"/>
       <c r="F8" s="14"/>
       <c r="G8" s="5" t="s">
-        <v>22</v>
+        <v>30</v>
       </c>
       <c r="H8" s="6"/>
       <c r="I8" s="6"/>
       <c r="J8" s="6"/>
       <c r="K8" s="6"/>
       <c r="L8" s="6"/>
       <c r="M8" s="8"/>
       <c r="N8" s="6" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O8" s="6">
         <v>7</v>
       </c>
       <c r="P8" s="6">
         <v>2</v>
       </c>
       <c r="Q8" s="6">
         <v>5</v>
       </c>
       <c r="R8" s="6"/>
       <c r="S8" s="6"/>
     </row>
     <row r="9" spans="1:19">
       <c r="A9" s="5">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="B9" s="12" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C9" s="13"/>
       <c r="D9" s="13"/>
       <c r="E9" s="13"/>
       <c r="F9" s="14"/>
       <c r="G9" s="5" t="s">
-        <v>32</v>
+        <v>22</v>
       </c>
       <c r="H9" s="6"/>
       <c r="I9" s="6"/>
       <c r="J9" s="6"/>
       <c r="K9" s="6"/>
       <c r="L9" s="6"/>
       <c r="M9" s="8"/>
       <c r="N9" s="6"/>
       <c r="O9" s="6"/>
       <c r="P9" s="6"/>
       <c r="Q9" s="6"/>
       <c r="R9" s="6"/>
       <c r="S9" s="6"/>
     </row>
     <row r="10" spans="1:19">
       <c r="A10" s="5">
         <v>86</v>
       </c>
       <c r="B10" s="12" t="s">
         <v>33</v>
       </c>
       <c r="C10" s="13"/>
       <c r="D10" s="13"/>
       <c r="E10" s="13"/>
       <c r="F10" s="14"/>
@@ -2193,51 +2193,51 @@
       <c r="H47" s="7"/>
       <c r="I47" s="7"/>
       <c r="J47" s="7"/>
       <c r="K47" s="7"/>
       <c r="L47" s="7"/>
       <c r="M47" s="7"/>
       <c r="N47" s="7"/>
       <c r="O47" s="7"/>
       <c r="P47" s="7"/>
       <c r="Q47" s="7"/>
       <c r="R47" s="7"/>
       <c r="S47" s="7"/>
     </row>
     <row r="48" spans="1:19">
       <c r="A48" s="7">
         <v>89</v>
       </c>
       <c r="B48" s="12" t="s">
         <v>70</v>
       </c>
       <c r="C48" s="13"/>
       <c r="D48" s="13"/>
       <c r="E48" s="13"/>
       <c r="F48" s="14"/>
       <c r="G48" s="7" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="H48" s="7"/>
       <c r="I48" s="7"/>
       <c r="J48" s="7"/>
       <c r="K48" s="7"/>
       <c r="L48" s="7"/>
       <c r="M48" s="7"/>
       <c r="N48" s="7"/>
       <c r="O48" s="7"/>
       <c r="P48" s="7"/>
       <c r="Q48" s="7"/>
       <c r="R48" s="7"/>
       <c r="S48" s="7"/>
     </row>
     <row r="49" spans="1:19">
       <c r="A49" s="7">
         <v>97</v>
       </c>
       <c r="B49" s="12" t="s">
         <v>71</v>
       </c>
       <c r="C49" s="13"/>
       <c r="D49" s="13"/>
       <c r="E49" s="13"/>
       <c r="F49" s="14"/>