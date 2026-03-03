--- v0 (2025-12-07)
+++ v1 (2026-03-03)
@@ -129,54 +129,54 @@
   <si>
     <t>Люкшина Аполлинария</t>
   </si>
   <si>
     <t>16-04</t>
   </si>
   <si>
     <t>Жуковец Данила</t>
   </si>
   <si>
     <t>30-00</t>
   </si>
   <si>
     <t>Иваничкин Сергей</t>
   </si>
   <si>
     <t>Щукин Павел</t>
   </si>
   <si>
     <t>Устюжанин Сергей</t>
   </si>
   <si>
     <t>Фролов Андрей</t>
   </si>
   <si>
+    <t>Кугаевский Михаил</t>
+  </si>
+  <si>
     <t>Фролов Дмитрий</t>
-  </si>
-[...1 lines deleted...]
-    <t>Кугаевский Михаил</t>
   </si>
   <si>
     <t>Шаронин Андрей</t>
   </si>
   <si>
     <t>Киселёв Алексей</t>
   </si>
   <si>
     <t>Швецов Дмитрий</t>
   </si>
   <si>
     <t>Хавылов Евгений</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>Дюжов Михаил</t>
   </si>
   <si>
     <t>Борзенко Сергей</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
@@ -1215,88 +1215,88 @@
       <c r="B12" s="12" t="s">
         <v>36</v>
       </c>
       <c r="C12" s="13"/>
       <c r="D12" s="13"/>
       <c r="E12" s="13"/>
       <c r="F12" s="14"/>
       <c r="G12" s="5" t="s">
         <v>22</v>
       </c>
       <c r="H12" s="6"/>
       <c r="I12" s="6"/>
       <c r="J12" s="6"/>
       <c r="K12" s="6"/>
       <c r="L12" s="6"/>
       <c r="M12" s="8"/>
       <c r="N12" s="6"/>
       <c r="O12" s="6"/>
       <c r="P12" s="6"/>
       <c r="Q12" s="6"/>
       <c r="R12" s="6"/>
       <c r="S12" s="6"/>
     </row>
     <row r="13" spans="1:19">
       <c r="A13" s="5">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B13" s="12" t="s">
         <v>37</v>
       </c>
       <c r="C13" s="13"/>
       <c r="D13" s="13"/>
       <c r="E13" s="13"/>
       <c r="F13" s="14"/>
       <c r="G13" s="5" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="H13" s="6"/>
       <c r="I13" s="6"/>
       <c r="J13" s="6"/>
       <c r="K13" s="6"/>
       <c r="L13" s="6"/>
       <c r="M13" s="8"/>
       <c r="N13" s="6"/>
       <c r="O13" s="6"/>
       <c r="P13" s="6"/>
       <c r="Q13" s="6"/>
       <c r="R13" s="6"/>
       <c r="S13" s="6"/>
     </row>
     <row r="14" spans="1:19">
       <c r="A14" s="5">
         <v>34</v>
       </c>
       <c r="B14" s="12" t="s">
         <v>38</v>
       </c>
       <c r="C14" s="13"/>
       <c r="D14" s="13"/>
       <c r="E14" s="13"/>
       <c r="F14" s="14"/>
       <c r="G14" s="5" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="H14" s="6"/>
       <c r="I14" s="6"/>
       <c r="J14" s="6"/>
       <c r="K14" s="6"/>
       <c r="L14" s="6"/>
       <c r="M14" s="8"/>
       <c r="N14" s="6"/>
       <c r="O14" s="6"/>
       <c r="P14" s="6"/>
       <c r="Q14" s="6"/>
       <c r="R14" s="6"/>
       <c r="S14" s="6"/>
     </row>
     <row r="15" spans="1:19">
       <c r="A15" s="5">
         <v>37</v>
       </c>
       <c r="B15" s="12" t="s">
         <v>39</v>
       </c>
       <c r="C15" s="13"/>
       <c r="D15" s="13"/>
       <c r="E15" s="13"/>
       <c r="F15" s="14"/>
@@ -1941,51 +1941,51 @@
       <c r="L36" s="7">
         <v>88</v>
       </c>
       <c r="M36" s="7">
         <v>0</v>
       </c>
       <c r="N36" s="7"/>
       <c r="O36" s="7"/>
       <c r="P36" s="7"/>
       <c r="Q36" s="7"/>
       <c r="R36" s="7"/>
       <c r="S36" s="7"/>
     </row>
     <row r="37" spans="1:19">
       <c r="A37" s="7">
         <v>30</v>
       </c>
       <c r="B37" s="12" t="s">
         <v>66</v>
       </c>
       <c r="C37" s="13"/>
       <c r="D37" s="13"/>
       <c r="E37" s="13"/>
       <c r="F37" s="14"/>
       <c r="G37" s="7" t="s">
-        <v>26</v>
+        <v>43</v>
       </c>
       <c r="H37" s="7"/>
       <c r="I37" s="7"/>
       <c r="J37" s="7"/>
       <c r="K37" s="7"/>
       <c r="L37" s="7"/>
       <c r="M37" s="7"/>
       <c r="N37" s="7"/>
       <c r="O37" s="7"/>
       <c r="P37" s="7"/>
       <c r="Q37" s="7"/>
       <c r="R37" s="7"/>
       <c r="S37" s="7"/>
     </row>
     <row r="38" spans="1:19">
       <c r="A38" s="7">
         <v>31</v>
       </c>
       <c r="B38" s="12" t="s">
         <v>67</v>
       </c>
       <c r="C38" s="13"/>
       <c r="D38" s="13"/>
       <c r="E38" s="13"/>
       <c r="F38" s="14"/>