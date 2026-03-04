--- v1 (2026-03-03)
+++ v2 (2026-03-04)
@@ -129,54 +129,54 @@
   <si>
     <t>Люкшина Аполлинария</t>
   </si>
   <si>
     <t>16-04</t>
   </si>
   <si>
     <t>Жуковец Данила</t>
   </si>
   <si>
     <t>30-00</t>
   </si>
   <si>
     <t>Иваничкин Сергей</t>
   </si>
   <si>
     <t>Щукин Павел</t>
   </si>
   <si>
     <t>Устюжанин Сергей</t>
   </si>
   <si>
     <t>Фролов Андрей</t>
   </si>
   <si>
+    <t>Фролов Дмитрий</t>
+  </si>
+  <si>
     <t>Кугаевский Михаил</t>
-  </si>
-[...1 lines deleted...]
-    <t>Фролов Дмитрий</t>
   </si>
   <si>
     <t>Шаронин Андрей</t>
   </si>
   <si>
     <t>Киселёв Алексей</t>
   </si>
   <si>
     <t>Швецов Дмитрий</t>
   </si>
   <si>
     <t>Хавылов Евгений</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>Дюжов Михаил</t>
   </si>
   <si>
     <t>Борзенко Сергей</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
@@ -1225,78 +1225,78 @@
       <c r="H12" s="6"/>
       <c r="I12" s="6"/>
       <c r="J12" s="6"/>
       <c r="K12" s="6"/>
       <c r="L12" s="6"/>
       <c r="M12" s="8"/>
       <c r="N12" s="6"/>
       <c r="O12" s="6"/>
       <c r="P12" s="6"/>
       <c r="Q12" s="6"/>
       <c r="R12" s="6"/>
       <c r="S12" s="6"/>
     </row>
     <row r="13" spans="1:19">
       <c r="A13" s="5">
         <v>34</v>
       </c>
       <c r="B13" s="12" t="s">
         <v>37</v>
       </c>
       <c r="C13" s="13"/>
       <c r="D13" s="13"/>
       <c r="E13" s="13"/>
       <c r="F13" s="14"/>
       <c r="G13" s="5" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="H13" s="6"/>
       <c r="I13" s="6"/>
       <c r="J13" s="6"/>
       <c r="K13" s="6"/>
       <c r="L13" s="6"/>
       <c r="M13" s="8"/>
       <c r="N13" s="6"/>
       <c r="O13" s="6"/>
       <c r="P13" s="6"/>
       <c r="Q13" s="6"/>
       <c r="R13" s="6"/>
       <c r="S13" s="6"/>
     </row>
     <row r="14" spans="1:19">
       <c r="A14" s="5">
         <v>34</v>
       </c>
       <c r="B14" s="12" t="s">
         <v>38</v>
       </c>
       <c r="C14" s="13"/>
       <c r="D14" s="13"/>
       <c r="E14" s="13"/>
       <c r="F14" s="14"/>
       <c r="G14" s="5" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="H14" s="6"/>
       <c r="I14" s="6"/>
       <c r="J14" s="6"/>
       <c r="K14" s="6"/>
       <c r="L14" s="6"/>
       <c r="M14" s="8"/>
       <c r="N14" s="6"/>
       <c r="O14" s="6"/>
       <c r="P14" s="6"/>
       <c r="Q14" s="6"/>
       <c r="R14" s="6"/>
       <c r="S14" s="6"/>
     </row>
     <row r="15" spans="1:19">
       <c r="A15" s="5">
         <v>37</v>
       </c>
       <c r="B15" s="12" t="s">
         <v>39</v>
       </c>
       <c r="C15" s="13"/>
       <c r="D15" s="13"/>
       <c r="E15" s="13"/>
       <c r="F15" s="14"/>